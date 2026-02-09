--- v0 (2025-12-05)
+++ v1 (2026-02-09)
@@ -31,8852 +31,8863 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="16F4481E" w14:textId="31BF67D1" w:rsidR="00DA410F" w:rsidRPr="00370A7F" w:rsidRDefault="00DA410F" w:rsidP="00370A7F">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Častna izjava</w:t>
+        <w:t>Častna izjava</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">o merilih za izključitev in pogojih za sodelovanje</w:t>
+        <w:t>o merilih za izključitev in pogojih za sodelovanje</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A26E185" w14:textId="206E0B8A" w:rsidR="00702372" w:rsidRPr="00370A7F" w:rsidRDefault="00702372" w:rsidP="00370A7F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Referenčna številka postopka:</w:t>
+        <w:t>Referenčna številka postopka:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A66E87" w14:textId="242ECE30" w:rsidR="00702372" w:rsidRPr="00370A7F" w:rsidRDefault="00702372" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Ime postopka:</w:t>
+        <w:t>Ime postopka:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03B168D8" w14:textId="3C04CAF4" w:rsidR="00702372" w:rsidRDefault="00702372" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">[Možnost 1 za pravne osebe]</w:t>
+        <w:t>[Možnost 1 za pravne osebe]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11F056D1" w14:textId="45B7275C" w:rsidR="00DA410F" w:rsidRDefault="00DA410F" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Podpisani/Podpisana [</w:t>
+        <w:t>Podpisani/Podpisana [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">vstavite ime in priimek podpisnika/podpisnice tega obrazca</w:t>
+        <w:t>vstavite ime in priimek podpisnika/podpisnice tega obrazca</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">], ki zastopa naslednjo pravno osebo:</w:t>
+        <w:t>], ki zastopa naslednjo pravno osebo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629278CB" w14:textId="77777777" w:rsidR="7F6CA770" w:rsidRDefault="7F6CA770"/>
     <w:p w14:paraId="556E93A3" w14:textId="7FA43BB3" w:rsidR="00D17C08" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Polno uradno ime:</w:t>
+        <w:t>Polno uradno ime:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60A1F64A" w14:textId="32A8BCF0" w:rsidR="00D17C08" w:rsidRDefault="00D17C08">
       <w:r>
-        <w:t xml:space="preserve">Uradna pravna oblika:</w:t>
+        <w:t>Uradna pravna oblika:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="775FC49B" w14:textId="77777777" w:rsidR="00D17C08" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Zakonsko določena matična številka</w:t>
+        <w:t>Zakonsko določena matična številka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">:</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AE2909A" w14:textId="77777777" w:rsidR="00D17C08" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Polni uradni naslov:</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Polni uradni naslov: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69884DE8" w14:textId="77777777" w:rsidR="00D17C08" w:rsidRDefault="00D17C08">
       <w:r>
-        <w:t xml:space="preserve">Identifikacijska številka za DDV:</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Identifikacijska številka za DDV: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09788ACB" w14:textId="1E881CAA" w:rsidR="7F6CA770" w:rsidRDefault="7F6CA770" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="028EC11F" w14:textId="0E5C4E64" w:rsidR="005F261A" w:rsidRDefault="005F261A" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(v nadaljnjem besedilu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">oseba</w:t>
+        <w:t>oseba</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">)</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C0838DC" w14:textId="77777777" w:rsidR="7F6CA770" w:rsidRDefault="7F6CA770" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="060675A2" w14:textId="7D09EDF1" w:rsidR="00D17C08" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">[Možnost 2 za fizične osebe]</w:t>
+        <w:t>[Možnost 2 za fizične osebe]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C4093D" w14:textId="66FB4351" w:rsidR="00D17C08" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Podpisani/podpisana [</w:t>
+        <w:t>Podpisani/podpisana [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">vstavite ime in priimek podpisnika/podpisnice tega obrazca</w:t>
+        <w:t>vstavite ime in priimek podpisnika/podpisnice tega obrazca</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">], s številko osebne izkaznice ali potnega lista [</w:t>
+        <w:t>], s številko osebne izkaznice ali potnega lista [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">vstavite številko</w:t>
+        <w:t>vstavite številko</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">], ki zastopa samega/samo sebe:</w:t>
+        <w:t>], ki zastopa samega/samo sebe:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AA7D8F1" w14:textId="77777777" w:rsidR="7F6CA770" w:rsidRDefault="7F6CA770" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C2865AF" w14:textId="77777777" w:rsidR="005F261A" w:rsidRDefault="005F261A" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">(v nadaljnjem besedilu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">oseba</w:t>
+        <w:t>oseba</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">)</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F26C447" w14:textId="7FACD57D" w:rsidR="7F6CA770" w:rsidRDefault="7F6CA770" w:rsidP="00765179">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B6059BA" w14:textId="77777777" w:rsidR="0050320D" w:rsidRPr="00493D96" w:rsidRDefault="0050320D" w:rsidP="0050320D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Častna izjava o merilih za izključitev</w:t>
+        <w:t>Častna izjava o merilih za izključitev</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F47E4E" w14:textId="637AF68D" w:rsidR="00B74CFF" w:rsidRDefault="007F3628" w:rsidP="00370A7F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Osebi ni treba izpolniti tega dela A izjave (Častna izjava o merilih za izključitev), če je bila ista izjava že predložena za namene drugega postopka za oddajo javnega naročila istega javnega naročnika</w:t>
+        <w:t>Osebi ni treba izpolniti tega dela A izjave (Častna izjava o merilih za izključitev), če je bila ista izjava že predložena za namene drugega postopka za oddajo javnega naročila istega javnega naročnika</w:t>
       </w:r>
-      <w:r w:rsidR="009857B0">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, pod pogojem, da se situacija ni spremenila in da od datuma izdaje izjave ni preteklo več kot eno leto.</w:t>
+        <w:t>, pod pogojem, da se situacija ni spremenila in da od datuma izdaje izjave ni preteklo več kot eno leto.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B20EEE" w14:textId="78AEE0D7" w:rsidR="00AE5C0E" w:rsidRDefault="00AE5C0E" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">V tem primeru podpisnik/podpisnica izjavlja, da je oseba isto izjavo o merilih za izključitev že predložila v predhodnem postopku, in potrjuje, da se njena situacija ni spremenila:</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">V tem primeru podpisnik/podpisnica izjavlja, da je oseba isto izjavo o merilih za izključitev že predložila v predhodnem postopku, in potrjuje, da se njena situacija ni spremenila: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2802"/>
         <w:gridCol w:w="6662"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AE5C0E" w:rsidRPr="000C2EE8" w14:paraId="278E041C" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DF3B1C1" w14:textId="7088E3EE" w:rsidR="00AE5C0E" w:rsidRPr="00370A7F" w:rsidRDefault="00321B2B" w:rsidP="00370A7F">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Datum izjave</w:t>
+              <w:t>Datum izjave</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28F7052B" w14:textId="77777777" w:rsidR="00AE5C0E" w:rsidRPr="00370A7F" w:rsidRDefault="00AE5C0E" w:rsidP="051D3D6B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Popoln sklic na predhodni postopek</w:t>
+              <w:t>Popoln sklic na predhodni postopek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE5C0E" w14:paraId="6F902801" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E407693" w14:textId="6C82C9E9" w:rsidR="00AE5C0E" w:rsidRPr="00AE5C0E" w:rsidRDefault="00AE5C0E" w:rsidP="006E7570">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A11950E" w14:textId="77777777" w:rsidR="00AE5C0E" w:rsidRDefault="00AE5C0E" w:rsidP="006E7570">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="43FF3A56" w14:textId="77777777" w:rsidR="00B74CFF" w:rsidRDefault="00B74CFF" w:rsidP="0024225B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BC074CD" w14:textId="77777777" w:rsidR="000E06C4" w:rsidRDefault="000E06C4" w:rsidP="000E06C4"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="7CFDB927" w14:textId="77777777" w:rsidR="000E06C4" w:rsidRPr="000E06C4" w:rsidRDefault="000E06C4" w:rsidP="000E06C4"/>
     <w:p w14:paraId="16F4482F" w14:textId="3F7D4650" w:rsidR="00897553" w:rsidRDefault="00897553" w:rsidP="0024225B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">I – Situacije za izključitev osebe</w:t>
+        <w:t>I – Situacije za izključitev osebe</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368816DB" w14:textId="1E6A9513" w:rsidR="00CD4DDC" w:rsidRPr="00897E28" w:rsidRDefault="00CD4A13" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">(izpolnijo vsi sodelujoči subjekti</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>(izpolnijo vsi sodelujoči subjekti</w:t>
       </w:r>
-      <w:r w:rsidR="002523BC">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">)</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5492AA92" w14:textId="77777777" w:rsidR="00CD4DDC" w:rsidRPr="007E2381" w:rsidRDefault="00CD4DDC" w:rsidP="007E2381"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9993" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8238"/>
         <w:gridCol w:w="930"/>
         <w:gridCol w:w="825"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F7691A" w14:paraId="16F44833" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44830" w14:textId="48F69251" w:rsidR="00F7691A" w:rsidRDefault="00F7691A" w:rsidP="0010150F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">izjavlja, da je oseba v eni od naslednjih situacij:</w:t>
+              <w:t xml:space="preserve"> izjavlja, da je oseba v eni od naslednjih situacij:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44831" w14:textId="77777777" w:rsidR="00F7691A" w:rsidRDefault="00F7691A" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">DA</w:t>
+              <w:t>DA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44832" w14:textId="77777777" w:rsidR="00F7691A" w:rsidRDefault="00F7691A" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">NE</w:t>
+              <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E33977" w14:paraId="16F44837" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44834" w14:textId="1E04FC01" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="00844FAA">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">oseba je v stečaju, postopku zaradi insolventnosti ali postopku likvidacije, njena sredstva upravlja upravitelj ali sodišče, ima dogovor z upniki, njene poslovne dejavnosti so začasno ustavljene ali je v kakršni koli podobni situaciji, ki nastane zaradi podobnega postopka, določenega v zakonodaji Unije ali nacionalni zakonodaji;</w:t>
+              <w:t>oseba je v stečaju, postopku zaradi insolventnosti ali postopku likvidacije, njena sredstva upravlja upravitelj ali sodišče, ima dogovor z upniki, njene poslovne dejavnosti so začasno ustavljene ali je v kakršni koli podobni situaciji, ki nastane zaradi podobnega postopka, določenega v zakonodaji Unije ali nacionalni zakonodaji;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44835" w14:textId="77777777" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44836" w14:textId="77777777" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E33977" w14:paraId="16F4483B" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44838" w14:textId="1257480F" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="004729C1">
+          </w:tcPr>
+          <w:p w14:paraId="16F44838" w14:textId="13DA1DDB" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="004729C1">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">s pravnomočno sodbo ali pravnomočno upravno odločbo je bilo ugotovljeno, da oseba krši svoje obveznosti v zvezi s plačevanjem davkov ali prispevkov za socialno varnost v skladu z veljavnim pravom;</w:t>
+              <w:t>s pravnomočno sodbo ali pravnomočno upravno odločbo je bilo ugotovljeno, da oseba krši svoje obveznosti v zvezi s plačevanjem davkov ali prispevkov za socialno varnost v skladu z veljavnim pravom;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44839" w14:textId="77777777" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Check1"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F4483A" w14:textId="77777777" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D7A5F" w14:paraId="16F4483E" w14:textId="753DB5AA" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4483C" w14:textId="0741EF6D" w:rsidR="007D7A5F" w:rsidRDefault="007D7A5F" w:rsidP="00583379">
+          </w:tcPr>
+          <w:p w14:paraId="16F4483C" w14:textId="292CC49A" w:rsidR="007D7A5F" w:rsidRDefault="007D7A5F" w:rsidP="00583379">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">s pravnomočno sodbo ali pravnomočno upravno odločbo je bilo ugotovljeno, da je oseba zagrešila hudo kršitev poklicnih pravil, s tem ko je kršila veljavne zakone in druge predpise ali etične standarde stroke, ki ji pripada, ali s tem, ko je ravnala krivdno, pri čemer to ravnanje, če kaže na naklep ali hudo malomarnost, vpliva na njeno strokovno verodostojnost, med drugim zlasti naslednje:</w:t>
+              <w:t>s pravnomočno sodbo ali pravnomočno upravno odločbo je bilo ugotovljeno, da je oseba zagrešila hudo kršitev poklicnih pravil, s tem ko je kršila veljavne zakone in druge predpise ali etične standarde stroke, ki ji pripada, ali s tem, ko je ravnala krivdno, pri čemer to ravnanje, če kaže na naklep ali hudo malomarnost, vpliva na njeno strokovno verodostojnost, med drugim zlasti naslednje:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F4483D" w14:textId="078ADC9A" w:rsidR="007D7A5F" w:rsidRDefault="007D7A5F" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="16F44842" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4483F" w14:textId="643EA047" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4483F" w14:textId="72D0C9B1" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_DV_C368"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">(i) zavajanje z namenom goljufije ali iz malomarnosti pri dajanju informacij, ki se zahtevajo zaradi preverjanja odsotnosti razlogov za izključitev ali izpolnjevanja meril za upravičenost ali pogojev za sodelovanje ali pri izvajanju naročila ali sporazuma;</w:t>
+              <w:t>(i) zavajanje z namenom goljufije ali iz malomarnosti pri dajanju informacij, ki se zahtevajo zaradi preverjanja odsotnosti razlogov za izključitev ali izpolnjevanja meril za upravičenost ali pogojev za sodelovanje ali pri izvajanju pravne obveznosti;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44840" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44841" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="16F44846" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44843" w14:textId="6A17FE50" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_DV_C369"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">(ii) sklepanje dogovorov z drugimi osebami ali subjekti z namenom izkrivljanja konkurence;</w:t>
+              <w:t>(ii) sklepanje dogovorov z drugimi osebami ali subjekti z namenom izkrivljanja konkurence;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44844" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44845" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="16F4484A" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44847" w14:textId="417E7521" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_DV_C371"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">(iii) kršenje pravic intelektualne lastnine;</w:t>
+              <w:t>(iii) kršenje pravic intelektualne lastnine;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44848" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44849" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="16F4484E" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F4484B" w14:textId="0812F435" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_DV_C372"/>
             <w:r>
-              <w:t xml:space="preserve">(iv) neupravičeno vplivanje ali poskus neupravičenega vplivanja na postopek odločanja za pridobitev sredstev Unije z izkoriščanjem nasprotja interesov, ki vključuje katere koli finančne udeležence ali druge osebe iz člena 61(1) finančne uredbe, s pomočjo napačnega prikazovanja;</w:t>
+              <w:t>(iv) neupravičeno vplivanje ali poskus neupravičenega vplivanja na postopek odločanja za pridobitev sredstev Unije z izkoriščanjem nasprotja interesov, ki vključuje katere koli finančne udeležence ali druge osebe iz člena 61(1) finančne uredbe, s pomočjo napačnega prikazovanja;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F4484C" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F4484D" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="16F44852" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F4484F" w14:textId="6C621141" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_DV_C373"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">(v) poskus pridobitve zaupnih informacij, zaradi katerih bi lahko imela neupravičeno prednost v postopku za oddajo javnega naročila</w:t>
+              <w:t>(v) poskus pridobitve zaupnih informacij, zaradi katerih bi lahko imela neupravičeno prednost v postopku za oddajo javnega naročila</w:t>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">;</w:t>
+              <w:t>;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44850" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44851" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="676CE465" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1256DE81" w14:textId="3556FE5A" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">(vi) spodbujanje k diskriminaciji, sovraštvu ali nasilju, ki se nanaša na skupino oseb ali pripadnika skupine, ali podobne dejavnosti, ki so v nasprotju z vrednotami, na katerih temelji Unija in so zapisane v členu 2 PEU, kadar takšna kršitev vpliva na integriteto osebe, kar negativno vpliva ali bi zelo verjetno lahko vplivalo na izvajanje naročila ali sporazuma;</w:t>
+              <w:t>(vi) spodbujanje k diskriminaciji, sovraštvu ali nasilju, ki se nanaša na skupino oseb ali pripadnika skupine, ali podobne dejavnosti, ki so v nasprotju z vrednotami, na katerih temelji Unija in so zapisane v členu 2 PEU, kadar takšna kršitev vpliva na integriteto osebe, kar negativno vpliva ali bi zelo verjetno lahko vplivalo na izvajanje naročila ali sporazuma;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...104 lines deleted...]
-          <w:p w14:paraId="16F44857" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="29A2A49A" w14:textId="4FEC417F" w:rsidR="002254B5" w:rsidRDefault="00B85390" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44858" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="5F916217" w14:textId="5386CE39" w:rsidR="002254B5" w:rsidRDefault="00B85390" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F4485D" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w14:paraId="16F44855" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4485A" w14:textId="09326505" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44853" w14:textId="372A90F4" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+            <w:pPr>
+              <w:pStyle w:val="Text1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="357" w:hanging="357"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>s pravnomočno sodbo je bilo ugotovljeno, da je oseba kriva česar koli od naslednjega:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1755" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F44854" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002254B5" w14:paraId="16F44859" w14:textId="77777777" w:rsidTr="6BD695A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F44856" w14:textId="2972CD1F" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_DV_C379"/>
-[...22 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(i) goljufije v smislu člena 3 Direktive (EU) 2017/1371 in člena 1 Konvencije o zaščiti finančnih interesov Evropskih skupnosti, pripravljene na podlagi Akta Sveta z dne 26. julija 1995</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="6" w:name="_DV_C378"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4485B" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44857" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4485C" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44858" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44861" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w14:paraId="16F4485D" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4485E" w14:textId="016FC926" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4485A" w14:textId="09326505" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="10" w:name="_DV_C384"/>
+            <w:bookmarkStart w:id="7" w:name="_DV_C379"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">(iii)</w:t>
-[...3 lines deleted...]
-            <w:bookmarkEnd w:id="11"/>
+              <w:t>(ii) korupcije, kot je opredeljena v členu 4(2) Direktive (EU) 2017/1371, ali aktivne korupcije v smislu člena 3 Konvencije o boju proti korupciji uradnikov Evropskih skupnosti ali uradnikov držav članic</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="8" w:name="_DV_C381"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ravnanja v povezavi s hudodelsko združbo, </w:t>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="12" w:name="_DV_C385"/>
+              <w:t xml:space="preserve"> Evropske unije, pripravljene na podlagi Akta Sveta z dne 26. maja 1997, ali ravnanja iz člena 2(1) Okvirnega sklepa Sveta 2003/568/PNZ</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="9" w:name="_DV_C383"/>
+            <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">kot je navedeno v členu 2 Okvirnega sklepa Sveta 2008/841/PNZ</w:t>
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="13"/>
+              <w:t>, ali korupcije, kot je opredeljena v drugih veljavnih predpisih;</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4485F" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4485B" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44860" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4485C" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44865" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w14:paraId="16F44861" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44862" w14:textId="2AB68FE3" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4485E" w14:textId="016FC926" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="_DV_C384"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">(iv)</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="14"/>
+              <w:t>(iii)</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="11" w:name="_DV_M250"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-            <w:bookmarkStart w:id="15" w:name="_DV_C391"/>
+              <w:t xml:space="preserve"> ravnanja v povezavi s hudodelsko združbo, </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="_DV_C385"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ali</w:t>
-[...7 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="_DV_C392"/>
+              <w:t>kot je navedeno v členu 2 Okvirnega sklepa Sveta 2008/841/PNZ</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="_DV_C387"/>
+            <w:bookmarkEnd w:id="12"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">v smislu člena 1(3), (4) in (5) Direktive (EU) 2015/849 Evropskega parlamenta in Sveta</w:t>
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="18"/>
+              <w:t>;</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44863" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4485F" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44864" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44860" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44869" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w14:paraId="16F44865" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44866" w14:textId="00B03A06" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44862" w14:textId="2AB68FE3" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="19" w:name="_DV_C395"/>
-[...27 lines deleted...]
-            <w:bookmarkEnd w:id="22"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(iv)</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="_DV_M251"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>pranja denarja</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="_DV_C391"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ali</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="_DV_M252"/>
+            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="16"/>
+            <w:r>
+              <w:t xml:space="preserve"> financiranja terorizma, </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="17" w:name="_DV_C392"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>v smislu člena 1(3), (4) in (5) Direktive (EU) 2015/849 Evropskega parlamenta in Sveta</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="18" w:name="_DV_C394"/>
+            <w:bookmarkEnd w:id="17"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44867" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44863" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44868" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44864" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F4486D" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w14:paraId="16F44869" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4486A" w14:textId="6CBB2B88" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44866" w14:textId="00B03A06" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...30 lines deleted...]
-            <w:bookmarkEnd w:id="26"/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="_DV_C395"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>(v)</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="20" w:name="_DV_M253"/>
+            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="20"/>
+            <w:r>
+              <w:t xml:space="preserve"> terorističnih kaznivih dejanj</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="21" w:name="_DV_C397"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oziroma kaznivih dejanj, povezanih s terorističnimi dejavnostmi, kot so opredeljena v členih 3 do 12 Direktive (EU) 2017/541 Evropskega parlamenta in Sveta</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="22" w:name="_DV_C399"/>
+            <w:bookmarkEnd w:id="21"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>, ali spodbujanja k storitvi takšnih kaznivih dejanj, pomoči ali podpore pri tem ali poskusa storitve takšnih kaznivih dejanj, kot je navedeno v členu 14 navedene direktive;</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4486B" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44867" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4486C" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44868" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44871" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w14:paraId="16F4486D" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4486E" w14:textId="189AEA59" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="00791D6A" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4486A" w14:textId="6CBB2B88" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
-              <w:numPr>
-[...2 lines deleted...]
-              </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="709"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="23" w:name="_DV_C400"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evropski urad za boj proti goljufijam (OLAF)</w:t>
-[...9 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">(vi) </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="24" w:name="_DV_M254"/>
+            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="24"/>
+            <w:r>
+              <w:t xml:space="preserve">vpletenosti v delo otrok ali drugih kaznivih dejanj v zvezi s trgovino z ljudmi, </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="25" w:name="_DV_C402"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>kot so navedena v členu 2 Direktive 2011/36/EU Evropskega parlamenta in Sveta</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="_DV_C404"/>
+            <w:bookmarkEnd w:id="25"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4486F" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4486B" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44870" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4486C" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44875" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w14:paraId="16F44871" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44872" w14:textId="7B238D0B" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4486E" w14:textId="2729BE51" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="00791D6A" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
-                <w:noProof/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">;</w:t>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">izkazano je zelo pomanjkljivo izpolnjevanje glavnih obveznosti pri izvajanju pravne obveznosti, financirane iz proračuna Unije, kar je privedlo do predčasne odpovedi naročila ali uporabe pavšalnih odškodnin ali drugih pogodbenih kazni ali kar je odredbodajalec, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Evropski urad za boj proti goljufijam (OLAF)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, Računsko sodišče ali Evropsko javno tožilstvo razkrilo s svojimi preverjanji, revizijami ali preiskavami; </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44873" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4486F" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F44874" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44870" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="794E089C" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w14:paraId="16F44875" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5DEB9849" w14:textId="1D1B3674" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44872" w14:textId="7B238D0B" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="27" w:name="_DV_C410"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">s pravnomočno sodbo ali pravnomočno upravno odločbo je bilo ugotovljeno, da je oseba ustanovila subjekt v drugi jurisdikciji z namenom, da bi se izognila davčnim, socialnim in drugim pravnim obveznostim, tudi tistim v zvezi z delovnimi pravicami, zaposlitvijo in delovnimi pogoji, v jurisdikciji, v kateri ima statutarni sedež, osrednjo upravo ali glavno poslovno enoto;</w:t>
+              <w:t xml:space="preserve">s pravnomočno sodbo ali pravnomočno upravno odločbo je bilo ugotovljeno, da je oseba storila nepravilnost v smislu člena 1(2) Uredbe Sveta (ES, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Euratom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>) št. 2988/95</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="27"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="323E098E" w14:textId="5CC3DF43" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44873" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="110148AE" w14:textId="71C1DB1B" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F44874" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="7680D48F" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w14:paraId="794E089C" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="12F0F793" w14:textId="78F611C6" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="5DEB9849" w14:textId="1D1B3674" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">(</w:t>
-[...10 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">s pravnomočno sodbo ali pravnomočno upravno odločbo je bilo ugotovljeno, da je bila oseba ustanovljena z namenom iz točke (g);</w:t>
+              <w:t>s pravnomočno sodbo ali pravnomočno upravno odločbo je bilo ugotovljeno, da je oseba ustanovila subjekt v drugi jurisdikciji z namenom, da bi se izognila davčnim, socialnim in drugim pravnim obveznostim, tudi tistim v zvezi z delovnimi pravicami, zaposlitvijo in delovnimi pogoji, v jurisdikciji, v kateri ima statutarni sedež, osrednjo upravo ali glavno poslovno enoto;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="415689BC" w14:textId="4F1B388E" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="323E098E" w14:textId="5CC3DF43" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2FEEC824" w14:textId="6945CFDF" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="110148AE" w14:textId="71C1DB1B" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="75D7408C" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w14:paraId="7680D48F" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0ECDFB1F" w14:textId="5A52FFD3" w:rsidR="002254B5" w:rsidRPr="0024350A" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="12F0F793" w14:textId="78F611C6" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
-                <w:noProof/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">Med takšna dejanja šteje zlasti to, da zavrne potrebni dostop do svojih prostorov ali katerih koli drugih prostorov, ki se uporabljajo za poslovne namene, prikriva informacije, zavrača razkritje informacij ali predloži neresnične informacije.</w:t>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>samo za pravne osebe</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>s pravnomočno sodbo ali pravnomočno upravno odločbo je bilo ugotovljeno, da je bila oseba ustanovljena z namenom iz točke (g);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0F27857E" w14:textId="1175AA9F" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="415689BC" w14:textId="4F1B388E" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7A38F335" w14:textId="713C4ED6" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="2FEEC824" w14:textId="6945CFDF" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002254B5" w14:paraId="75D7408C" w14:textId="77777777" w:rsidTr="6BD695A2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ECDFB1F" w14:textId="5A52FFD3" w:rsidR="002254B5" w:rsidRPr="0024350A" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+            <w:pPr>
+              <w:pStyle w:val="Text1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> namerno in brez ustrezne utemeljitve se je upirala preiskavi, preverjanju ali reviziji, ki jo je izvedel javni naročnik ali njegov predstavnik ali revizor, OLAF, EJT ali Računsko sodišče. Šteje se, da se oseba upira preiskavi, preverjanju ali reviziji, kadar izvaja dejanja, katerih cilj ali učinek je preprečevanje, oviranje ali odložitev izvajanja katere koli dejavnosti, potrebne za izvedbo preiskave, preverjanja ali revizije. Med takšna dejanja šteje zlasti to, da zavrne potrebni dostop do svojih prostorov ali katerih koli drugih prostorov, ki se uporabljajo za poslovne namene, prikriva informacije, zavrača razkritje informacij ali predloži neresnične informacije.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="930" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F27857E" w14:textId="1175AA9F" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A38F335" w14:textId="713C4ED6" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="1A385EC2" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3087E785" w14:textId="0985B548" w:rsidR="002254B5" w:rsidRPr="0024350A" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="3087E785" w14:textId="62074E4A" w:rsidR="002254B5" w:rsidRPr="0024350A" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">izjavlja, da za situacije iz točk 1(c) do 1(i) zgoraj, če ni bila izdana pravnomočna sodba ali pravnomočna upravna odločba, za osebo</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>izjavlja, da za situacije iz točk 1(c) do 1(i) zgoraj, če ni bila izdana pravnomočna sodba ali pravnomočna upravna odločba, za osebo veljajo dejstva in ugotovitve iz člena 138(3) finančne uredbe in zlasti:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="930" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C9A1B2" w14:textId="05B15687" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>DA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:noProof/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-          <w:p w14:paraId="68C9A1B2" w14:textId="46B95573" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="825" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4D1557" w14:textId="4113B6AB" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">DA</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">NE</w:t>
+              <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="16F4487E" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="1579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16F4487B" w14:textId="383346C3" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="16F4487B" w14:textId="4D535A5A" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">veljajo dejstva, ugotovljena pri revizijah ali preiskavah, ki jih opravi Evropsko javno tožilstvo – za tiste države članice, ki so vključene v okrepljeno sodelovanje na podlagi Uredbe (EU) 2017/1939 – Računsko sodišče, OLAF ali notranji revizor, ali pri katerem koli drugem preverjanju, reviziji ali kontroli, opravljeni pod odgovornostjo odredbodajalca institucije EU, evropskega urada ali agencije ali organa EU;</w:t>
+              <w:t xml:space="preserve"> dejstva, ugotovljena pri revizijah ali preiskavah, ki jih opravi Evropsko javno tožilstvo – za tiste države članice, ki so vključene v okrepljeno sodelovanje na podlagi Uredbe (EU) 2017/1939 – Računsko sodišče, OLAF ali notranji revizor, ali pri katerem koli drugem preverjanju, reviziji ali kontroli, opravljeni pod odgovornostjo odredbodajalca institucije EU, evropskega urada ali agencije ali organa EU;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F4487C" w14:textId="6DD11AEB" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F4487D" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="5692311F" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="1346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1BBF8C34" w14:textId="29931BAC" w:rsidR="002254B5" w:rsidRPr="006B67AB" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="1BBF8C34" w14:textId="4485087B" w:rsidR="002254B5" w:rsidRPr="006B67AB" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">veljajo nepravnomočne sodbe ali nepravnomočne upravne odločbe, ki lahko vključujejo disciplinske ukrepe, ki jih sprejme pristojni nadzorni organ, odgovoren za to, da preveri, ali se uporabljajo standardi poklicne etike;</w:t>
+              <w:t xml:space="preserve"> nepravnomočne sodbe ali nepravnomočne upravne odločbe, ki lahko vključujejo disciplinske ukrepe, ki jih sprejme pristojni nadzorni organ, odgovoren za preverjanje, ali se uporabljajo standardi poklicne etike;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E7263A9" w14:textId="05F25552" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="256609C9" w14:textId="3CBFD2E0" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="074D4EBB" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="41734894" w14:textId="49681AE9" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="41734894" w14:textId="2B445A7E" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="00EF6869" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="002254B5">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">veljajo dejstva iz sklepov subjektov ali oseb, ki so jim poverjene naloge izvrševanja proračuna EU;</w:t>
+              <w:t>dejstva iz sklepov subjektov ali oseb, ki so jim poverjene naloge izvrševanja proračuna EU;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7EB43931" w14:textId="6397F222" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63030E6D" w14:textId="5730E302" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="494260E4" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3BD21B53" w14:textId="1823629C" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="3BD21B53" w14:textId="1701E56A" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:tab/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">veljajo informacije, ki jih posredujejo države članice, ki izvršujejo sredstva Unije</w:t>
+              <w:t xml:space="preserve"> informacije, ki jih posredujejo države članice, ki izvršujejo sredstva Unije</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">, zlasti dejstva in ugotovitve, ugotovljeni v okviru pravnomočne sodbe ali pravnomočne upravne odločbe na nacionalni ravni, o obstoju situacij za izključitev iz točke</w:t>
+              <w:t>, zlasti dejstva in ugotovitve, ugotovljeni v okviru pravnomočne sodbe ali pravnomočne upravne odločbe na nacionalni ravni, o obstoju situacij za izključitev iz točke</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (c)(iv) ali (d);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="066F0C42" w14:textId="4C93C88C" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D35EFEE" w14:textId="5C8193C6" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="3C758EFF" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="128BE62B" w14:textId="044BAF45" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="128BE62B" w14:textId="3ECAC3C3" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:tab/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:tab/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> sklepi Komisije v zvezi s kršitvijo konkurenčnega prava Unije ali sklepi nacionalnega pristojnega organa v zvezi s kršitvijo konkurenčnega prava Unije ali nacionalnega konkurenčnega prava </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C09C335" w14:textId="0E204C8F" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D929BF3" w14:textId="0825BEA1" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="33963B7D" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3AFB7585" w14:textId="5FD11348" w:rsidR="002254B5" w:rsidRPr="00182B46" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          </w:tcPr>
+          <w:p w14:paraId="3AFB7585" w14:textId="03C4E8C9" w:rsidR="002254B5" w:rsidRPr="00182B46" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="28" w:name="_Hlk208482090"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">bodisi ker ji je bila dana priložnost za predložitev pripomb o dejstvih v zvezi z njo s strani urada OLAF bodisi ker je bila predmet preverjanj na kraju samem s strani urada OLAF med preiskavo ali je bila uradno obveščena o začetku ali zaključku preiskave ali kakršnih koli drugih okoliščinah, povezanih s preiskavo urada OLAF v zvezi z njo.</w:t>
+              <w:t xml:space="preserve"> velja, da je na kakršen koli način obveščena, da je predmet preiskave Evropskega urada za boj proti goljufijam (OLAF): bodisi ker ji je bila dana priložnost za predložitev pripomb o dejstvih v zvezi z njo s strani OLAF-a bodisi ker je bila predmet preverjanj na kraju samem s strani OLAF-a med preiskavo ali je bila uradno obveščena o začetku ali zaključku preiskave ali kakršnih koli drugih okoliščinah, povezanih s preiskavo OLAF-a v zvezi z njo;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FF77DAD" w14:textId="2880DFD9" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="549D5A18" w14:textId="731862B8" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E044C" w14:paraId="206BE170" w14:textId="77777777" w:rsidTr="000E044C">
+        <w:trPr>
+          <w:trHeight w:val="614"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30B48811" w14:textId="72297BA5" w:rsidR="000E044C" w:rsidRPr="000E044C" w:rsidDel="00977B4E" w:rsidRDefault="00890229" w:rsidP="006C4CDC">
+            <w:pPr>
+              <w:pStyle w:val="Text1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="709" w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="29" w:name="_DV_C376"/>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> je v drugih podobnih situacijah. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="930" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18D4CD0B" w14:textId="77777777" w:rsidR="000E044C" w:rsidRDefault="000E044C" w:rsidP="006C4CDC">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="825" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36CAE2CF" w14:textId="77777777" w:rsidR="000E044C" w:rsidRDefault="000E044C" w:rsidP="006C4CDC">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16F4487F" w14:textId="3C305866" w:rsidR="00897553" w:rsidRDefault="00897553" w:rsidP="00422300">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_DV_C376"/>
       <w:r>
-        <w:t xml:space="preserve">II – Situacije za izključitev fizičnih ali pravnih oseb s pooblastili za zastopanje, odločanje ali nadzor v zvezi s pravno osebo in dejanskih lastnikov</w:t>
+        <w:t>II – Situacije za izključitev fizičnih ali pravnih oseb s pooblastili za zastopanje, odločanje ali nadzor v zvezi s pravno osebo in dejanskih lastnikov</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F44880" w14:textId="6842849F" w:rsidR="00897553" w:rsidRDefault="001F135A" w:rsidP="7F6CA770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se ne uporablja, če je „oseba“ fizična oseba, država članica ali lokalni organ.</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">V vseh drugih primerih izpolnijo vsi sodelujoči subjekti.</w:t>
+        <w:t>Se ne uporablja, če je „oseba“ fizična oseba, država članica ali lokalni organ. V vseh drugih primerih izpolnijo vsi sodelujoči subjekti.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9382" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6759"/>
         <w:gridCol w:w="858"/>
         <w:gridCol w:w="952"/>
         <w:gridCol w:w="813"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F135A" w14:paraId="16F44885" w14:textId="77777777" w:rsidTr="00A86975">
+      <w:tr w:rsidR="001F135A" w14:paraId="16F44885" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F44881" w14:textId="5DA6FC46" w:rsidR="001F135A" w:rsidRPr="003E5E5C" w:rsidRDefault="001F135A" w:rsidP="051D3D6B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">izjavlja, da je fizična ali pravna oseba, ki je član upravnega, vodstvenega ali nadzornega organa osebe ali ima pooblastila za zastopanje, odločanje ali nadzor v zvezi z osebo (to zajema npr. direktorje družb, člane vodstvenih ali nadzornih organov in primere, ko ima ena fizična ali pravna oseba v lasti večino delnic družbe), ali dejanski lastnik osebe (kakor je opredeljen v točki 6 člena 3 Direktive (EU) 2015/849) v kateri od naslednjih situacij:</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">izjavlja, da je fizična ali pravna oseba, ki je član upravnega, vodstvenega ali nadzornega organa osebe ali ima pooblastila za zastopanje, odločanje ali nadzor v zvezi z osebo (to zajema npr. direktorje družb, člane vodstvenih ali nadzornih organov in primere, ko ima ena fizična ali pravna oseba v lasti večino delnic družbe), ali dejanski lastnik osebe (kakor je opredeljen v točki 6 člena 3 Direktive (EU) 2015/849) v kateri od naslednjih situacij: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44882" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">DA</w:t>
+              <w:t>DA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F44883" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">NE</w:t>
+              <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F44884" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">n. r.</w:t>
+              <w:t>n. r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F135A" w14:paraId="16F4488A" w14:textId="77777777" w:rsidTr="00A86975">
+      <w:tr w:rsidR="001F135A" w14:paraId="16F4488A" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F44886" w14:textId="10477DDC" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">situacija iz točke 1(c) zgoraj (huda kršitev poklicnih pravil)</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>situacija iz točke 1(c) zgoraj (huda kršitev poklicnih pravil)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F44887" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F44888" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F44889" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F135A" w14:paraId="16F4488F" w14:textId="77777777" w:rsidTr="00A86975">
+      <w:tr w:rsidR="001F135A" w14:paraId="16F4488F" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F4488B" w14:textId="696BDCFB" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">situacija iz točke 1(d) zgoraj (goljufija, korupcija ali drugo kaznivo dejanje)</w:t>
+              <w:t>situacija iz točke 1(d) zgoraj (goljufija, korupcija ali drugo kaznivo dejanje)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F4488C" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F4488D" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F4488E" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F135A" w14:paraId="16F44894" w14:textId="77777777" w:rsidTr="00A86975">
+      <w:tr w:rsidR="001F135A" w14:paraId="16F44894" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F44890" w14:textId="5BD531F0" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">situacija iz točke 1(e) zgoraj (znatne pomanjkljivosti pri izvajanju naročila)</w:t>
+              <w:t>situacija iz točke 1(e) zgoraj (znatne pomanjkljivosti pri izvajanju naročila)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F44891" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F44892" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F44893" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F135A" w14:paraId="16F44899" w14:textId="77777777" w:rsidTr="00A86975">
+      <w:tr w:rsidR="001F135A" w14:paraId="16F44899" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F44895" w14:textId="63D853D5" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">situacija iz točke 1(f) zgoraj (nepravilnost)</w:t>
+              <w:t>situacija iz točke 1(f) zgoraj (nepravilnost)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F44896" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F44897" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F44898" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F754E" w14:paraId="2E60BF88" w14:textId="77777777" w:rsidTr="00A86975">
+      <w:tr w:rsidR="003F754E" w14:paraId="2E60BF88" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52155F20" w14:textId="2DEEC4DB" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">situacija iz točke 1(g) zgoraj (ustanovitev subjekta z namenom izogibanja pravnim obveznostim)</w:t>
+              <w:t>situacija iz točke 1(g) zgoraj (ustanovitev subjekta z namenom izogibanja pravnim obveznostim)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18EF2326" w14:textId="0489205B" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29241816" w14:textId="1BAB0021" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68BCCF11" w14:textId="0A30A6E4" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F754E" w14:paraId="1503AB7C" w14:textId="77777777" w:rsidTr="00A86975">
+      <w:tr w:rsidR="003F754E" w14:paraId="1503AB7C" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FFD6952" w14:textId="272C41E0" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">situacija iz točke 1(h) zgoraj (oseba, ustanovljena z namenom izogibanja pravnim obveznostim)</w:t>
+              <w:t>situacija iz točke 1(h) zgoraj (oseba, ustanovljena z namenom izogibanja pravnim obveznostim)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47BE4182" w14:textId="6D91F41D" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68E40672" w14:textId="63BF3438" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ED824AD" w14:textId="65CC82D7" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5BBB" w14:paraId="547B5365" w14:textId="77777777" w:rsidTr="00A86975">
+      <w:tr w:rsidR="009D5BBB" w14:paraId="547B5365" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EA7D49D" w14:textId="43E83A33" w:rsidR="009D5BBB" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">situacija iz točke 1(i) zgoraj (namerno upiranje preiskavi, preverjanju ali reviziji brez ustrezne utemeljitve)</w:t>
+              <w:t>situacija iz točke 1(i) zgoraj (namerno upiranje preiskavi, preverjanju ali reviziji brez ustrezne utemeljitve)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="379478A8" w14:textId="4E9F16C5" w:rsidR="009D5BBB" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55E594FB" w14:textId="59B607FD" w:rsidR="009D5BBB" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="639133C1" w14:textId="46D0B875" w:rsidR="009D5BBB" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="06B1FD74" w14:textId="77777777" w:rsidR="00D6012C" w:rsidRDefault="00D6012C" w:rsidP="00422300">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16F4489A" w14:textId="52E718DF" w:rsidR="00CA27B0" w:rsidRDefault="00CA27B0" w:rsidP="00422300">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">III – Situacije za izključitev fizičnih ali pravnih oseb, ki prevzamejo neomejeno odgovornost za dolgove pravne osebe</w:t>
+        <w:t>III – Situacije za izključitev fizičnih ali pravnih oseb, ki prevzamejo neomejeno odgovornost za dolgove pravne osebe</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35672559" w14:textId="242B3A3A" w:rsidR="00CF1E63" w:rsidRPr="00370A7F" w:rsidRDefault="00CF1E63" w:rsidP="6FB7994E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se ne uporablja, če je „oseba“ fizična oseba, država članica, lokalni organ ali pravna oseba z omejeno odgovornostjo.</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">V vseh drugih primerih izpolnijo vsi sodelujoči subjekti.</w:t>
+        <w:t>Se ne uporablja, če je „oseba“ fizična oseba, država članica, lokalni organ ali pravna oseba z omejeno odgovornostjo. V vseh drugih primerih izpolnijo vsi sodelujoči subjekti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="363BC980" w14:textId="77777777" w:rsidR="00CF1E63" w:rsidRPr="00E25A58" w:rsidRDefault="00CF1E63" w:rsidP="00E25A58"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9832" w:type="dxa"/>
+        <w:tblW w:w="9661" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7747"/>
-        <w:gridCol w:w="795"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="690"/>
+        <w:gridCol w:w="670"/>
+        <w:gridCol w:w="614"/>
+        <w:gridCol w:w="630"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E5E5C" w14:paraId="16F4489F" w14:textId="77777777" w:rsidTr="628181D4">
+      <w:tr w:rsidR="003E5E5C" w14:paraId="16F4489F" w14:textId="77777777" w:rsidTr="007E18C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7747" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F4489B" w14:textId="517DF65E" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00A82BCC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t xml:space="preserve"> izjavlja, da je fizična ali pravna oseba, ki prevzame neomejeno odgovornost za dolgove osebe, v kateri od naslednjih situacij: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F4489C" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">DA</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="600" w:type="dxa"/>
+              <w:t>DA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F4489D" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">NE</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>NE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F4489E" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">n. r.</w:t>
+              <w:t>n. r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5E5C" w14:paraId="16F448A4" w14:textId="77777777" w:rsidTr="628181D4">
+      <w:tr w:rsidR="003E5E5C" w14:paraId="16F448A4" w14:textId="77777777" w:rsidTr="004B29AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7747" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F448A0" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00583379">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">situacija (a) zgoraj (stečaj)</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>situacija (a) zgoraj (stečaj)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F448A1" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="600" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F448A2" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F448A3" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5E5C" w14:paraId="16F448A9" w14:textId="77777777" w:rsidTr="628181D4">
+      <w:tr w:rsidR="003E5E5C" w14:paraId="16F448A9" w14:textId="77777777" w:rsidTr="004B29AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7747" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F448A5" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="004B29AF">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">situacija (b) zgoraj (neizpolnjevanje obveznosti plačevanja davkov ali prispevkov za socialno varnost)</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>situacija (b) zgoraj (neizpolnjevanje obveznosti plačevanja davkov ali prispevkov za socialno varnost)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F448A6" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="600" w:type="dxa"/>
+            <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F448A7" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="690" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16F448A8" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28F7EA99" w14:textId="76AEE25F" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00B05C76">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">IV – Drugi razlogi za zavrnitev sodelovanja v postopku</w:t>
+        <w:t>IV – Drugi razlogi za zavrnitev sodelovanja v postopku</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49EFC66C" w14:textId="603EB082" w:rsidR="00B05C76" w:rsidRPr="00897E28" w:rsidRDefault="00B05C76" w:rsidP="00B05C76">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">(izpolni posamično edini kandidat/ponudnik ali vsi člani skupine v primeru skupne prijave za sodelovanje/ponudbo)</w:t>
+        <w:t>(izpolni posamično edini kandidat/ponudnik ali vsi člani skupine v primeru skupne prijave za sodelovanje/ponudbo)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9756" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8327"/>
-        <w:gridCol w:w="825"/>
-        <w:gridCol w:w="604"/>
+        <w:gridCol w:w="670"/>
+        <w:gridCol w:w="759"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B05C76" w14:paraId="71808D1B" w14:textId="77777777" w:rsidTr="628181D4">
+      <w:tr w:rsidR="00B05C76" w14:paraId="71808D1B" w14:textId="77777777" w:rsidTr="00D6012C">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E9C0B15" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">(5) izjavlja, da je oseba:</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>(5) izjavlja, da je oseba:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1361E30C" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">DA</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>DA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D50029A" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">NE</w:t>
+              <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05C76" w14:paraId="68635D15" w14:textId="77777777" w:rsidTr="628181D4">
+      <w:tr w:rsidR="00B05C76" w14:paraId="68635D15" w14:textId="77777777" w:rsidTr="00D6012C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BB249BB" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">(a) predhodno sodelovala pri pripravi dokumentacije v zvezi s tem postopkom dodeljevanja, če je to pomenilo kršitev načela enakega obravnavanja, vključno z izkrivljanjem konkurence, ki ga ni mogoče odpraviti drugače.</w:t>
-[...9 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t xml:space="preserve">(a) predhodno sodelovala pri pripravi dokumentacije v zvezi s tem postopkom dodeljevanja, če je to pomenilo kršitev načela enakega obravnavanja, vključno z izkrivljanjem konkurence, ki ga ni mogoče odpraviti drugače. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31C36DC4" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="759" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3156C229" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C03A2FA" w14:textId="77777777" w:rsidR="00995B35" w:rsidRPr="008652A3" w:rsidRDefault="00995B35" w:rsidP="008652A3"/>
     <w:p w14:paraId="16F448B3" w14:textId="15E2BC2A" w:rsidR="00F96EAB" w:rsidRPr="006C6DFD" w:rsidRDefault="00340E14" w:rsidP="002F6C60">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:smallCaps/>
-          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
         </w:rPr>
-        <w:t xml:space="preserve">V – Popravni ukrepi</w:t>
+        <w:t>V – Popravni ukrepi</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F448B4" w14:textId="0E80E9C8" w:rsidR="005C6293" w:rsidRDefault="005C6293" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Če oseba izjavi, da je v kateri od </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">zgoraj navedenih situacij za izključitev, lahko navede popravne ukrepe, ki jih je sprejela za odpravo situacije za izključitev, da odredbodajalcu omogoči, da ugotovi, ali so takšni ukrepi zadostni, da dokaže svojo zanesljivost.</w:t>
+        <w:t xml:space="preserve">zgoraj navedenih situacij za izključitev, lahko navede popravne ukrepe, ki jih je sprejela za odpravo situacije za izključitev, da odredbodajalcu omogoči, da ugotovi, ali so takšni ukrepi zadostni, da dokaže svojo zanesljivost. To lahko vključuje na </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">primer tehnične, organizacijske in kadrovske ukrepe za preprečitev nadaljnjih ponovitev, nadomestilo škode ali plačilo glob ali kakršnih koli davkov ali prispevkov za socialno varnost. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773D5FBD" w14:textId="08116DF6" w:rsidR="0020320A" w:rsidRDefault="0020320A" w:rsidP="051D3D6B">
+    <w:p w14:paraId="773D5FBD" w14:textId="6FDC2569" w:rsidR="0020320A" w:rsidRDefault="0020320A" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Brez poseganja v presojo odgovornega odredbodajalca oseba predloži popravne ukrepe, ki jih je ocenil zunanji neodvisni revizor ali ki so se šteli za zadostne na podlagi odločbe nacionalnega organa ali organa Unije.</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">Popravni ukrepi se ne uporabljajo za situacije iz točke 1(d) te izjave.</w:t>
+        <w:t>Brez poseganja v presojo odgovornega odredbodajalca oseba predloži popravne ukrepe, ki jih je ocenil zunanji neodvisni revizor ali ki so se šteli za zadostne na podlagi odločbe nacionalnega organa ali organa Unije. V prilogi k tej izjavi je treba predložiti ustrezna dokazila, ki prikazujejo sprejete popravne ukrepe, in njihovo oceno. Popravni ukrepi se ne uporabljajo za situacije iz oddelka I, točka 1(d), te izjave.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F448B5" w14:textId="3FE5177B" w:rsidR="00F96EAB" w:rsidRPr="007D7A5F" w:rsidRDefault="00B05C76" w:rsidP="0024225B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">VI – Dokazila o merilih za izključitev</w:t>
+        <w:t>VI – Dokazila o merilih za izključitev</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="477A6316" w14:textId="3261E630" w:rsidR="00695D93" w:rsidRDefault="0092592E" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">V razpisnih zahtevah je podrobno določeno, kateri sodelujoči subjekti morajo predložiti ustrezna dokazila, da niso v situaciji za izključitev iz točke 1, in kdaj je treba dokazila predložiti.</w:t>
+        <w:t>V razpisnih zahtevah je podrobno določeno, kateri sodelujoči subjekti morajo predložiti ustrezna dokazila, da niso v situaciji za izključitev iz točke 1, in kdaj je treba dokazila predložiti.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EE64640" w14:textId="03697B6E" w:rsidR="00835E88" w:rsidRPr="00F76ABA" w:rsidRDefault="00CA3ADD" w:rsidP="00835E88">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Uporabijo se lahko naslednja dokazila:</w:t>
+        <w:t>Uporabijo se lahko naslednja dokazila:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F448B7" w14:textId="7D810624" w:rsidR="00357CC2" w:rsidRPr="00900331" w:rsidRDefault="00DA410F" w:rsidP="00897E28">
       <w:pPr>
         <w:pStyle w:val="Text1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Za situacije, opisane v točkah 1(a), (c), (d), (f), (g) in (h) zgoraj, je treba predložiti izpisek novejšega datuma iz sodnega registra ali, če to ni mogoče, enakovreden dokument novejšega datuma, ki ga je izdal sodni ali upravni organ države, v kateri ima oseba sedež, in ki dokazuje, da so navedene zahteve izpolnjene.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Za situacije, opisane v točkah 1(a), (c), (d), (f), (g) in (h) zgoraj, je treba predložiti izpisek novejšega datuma iz sodnega registra ali, če to ni mogoče, enakovreden dokument novejšega datuma, ki ga je izdal sodni ali upravni organ države, v kateri ima oseba sedež, in ki dokazuje, da so navedene zahteve izpolnjene. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F448B8" w14:textId="65CFA682" w:rsidR="00E6004E" w:rsidRPr="00900331" w:rsidRDefault="00357CC2" w:rsidP="00897E28">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-480"/>
           <w:tab w:val="left" w:pos="-142"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="8400"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Za situaciji, opisani v točkah 1(a) in (b), je treba predložiti potrdila novejšega datuma, ki jih izdajo pristojni organi države, v kateri ima oseba sedež.</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Če se v državi, v kateri ima oseba sedež, kateri koli od zgoraj navedenih dokumentov ne izdaja, se lahko nadomesti z izjavo pod prisego pred sodnim organom ali notarjem ali, če to ni mogoče, slovesno izjavo pred upravnim organom ali usposobljenim strokovnim organom v državi, v kateri ima oseba sedež.</w:t>
+        <w:t>Za situaciji, opisani v točkah 1(a) in (b), je treba predložiti potrdila novejšega datuma, ki jih izdajo pristojni organi države, v kateri ima oseba sedež. V teh dokumentih morajo biti dokazila o tem, katere davke in prispevke za socialno varnost je oseba dolžna plačati, na primer DDV, dohodnino (samo fizične osebe), davek od dohodkov pravnih oseb (samo pravne osebe) in prispevke za socialno varnost. Če se v državi, v kateri ima oseba sedež, kateri koli od zgoraj navedenih dokumentov ne izdaja, se lahko nadomesti z izjavo pod prisego pred sodnim organom ali notarjem ali, če to ni mogoče, slovesno izjavo pred upravnim organom ali usposobljenim strokovnim organom v državi, v kateri ima oseba sedež.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F448B9" w14:textId="6993ED04" w:rsidR="008C4A00" w:rsidRDefault="00C55150" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Osebi ni treba predložiti dokazil, če so bila že predložena v drugem postopku oddaje javnega naročila istega javnega naročnika</w:t>
+        <w:t>Osebi ni treba predložiti dokazil, če so bila že predložena v drugem postopku oddaje javnega naročila istega javnega naročnika</w:t>
       </w:r>
-      <w:r w:rsidR="00F4376C" w:rsidRPr="051D3D6B">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">.</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. Dokumenti morajo biti izdani največ eno leto pred datumom, ko javni naročnik predloži zahtevek zanje, ter morajo biti na navedeni datum še vedno veljavni. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F448BA" w14:textId="1463A7B7" w:rsidR="008C4A00" w:rsidRDefault="00A40405" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Podpisnik/podpisnica izjavlja, da je oseba že predložila dokazila v predhodnem postopku, in potrjuje, da se njena situacija ni spremenila:</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Podpisnik/podpisnica izjavlja, da je oseba že predložila dokazila v predhodnem postopku, in potrjuje, da se njena situacija ni spremenila: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4786"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
       <w:tr w:rsidR="000C2EE8" w:rsidRPr="000C2EE8" w14:paraId="16F448BD" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F448BB" w14:textId="77777777" w:rsidR="000C2EE8" w:rsidRPr="00897E28" w:rsidRDefault="000C2EE8" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dokument</w:t>
+              <w:t>Dokument</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F448BC" w14:textId="77777777" w:rsidR="000C2EE8" w:rsidRPr="00897E28" w:rsidRDefault="000C2EE8" w:rsidP="051D3D6B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Popoln sklic na predhodni postopek</w:t>
+              <w:t>Popoln sklic na predhodni postopek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF0711" w14:paraId="16F448C0" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F448BE" w14:textId="77777777" w:rsidR="00FF0711" w:rsidRDefault="00FF0711" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vstavite toliko vrstic, kot jih potrebujete.</w:t>
+              <w:t>Vstavite toliko vrstic, kot jih potrebujete.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F448BF" w14:textId="77777777" w:rsidR="00FF0711" w:rsidRDefault="00FF0711" w:rsidP="00BF7F29">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33402EAC" w14:textId="3D2F3892" w:rsidR="00602579" w:rsidRDefault="00602579" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Osebi ni treba predložiti dokazil, če so brezplačno dostopna v nacionalni podatkovni zbirki.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Osebi ni treba predložiti dokazil, če so brezplačno dostopna v nacionalni podatkovni zbirki. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F58ED09" w14:textId="2FB86EF0" w:rsidR="00CF0C80" w:rsidRDefault="00602579" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Podpisnik/podpisnica izjavlja, da je mogoče do zahtevanih dokazil dostopati prek naslednjega spletnega naslova podatkovne zbirke/z naslednjimi podatki za identifikacijo.</w:t>
+        <w:t>Podpisnik/podpisnica izjavlja, da je mogoče do zahtevanih dokazil dostopati prek naslednjega spletnega naslova podatkovne zbirke/z naslednjimi podatki za identifikacijo.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4786"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
       <w:tr w:rsidR="00602579" w:rsidRPr="000C2EE8" w14:paraId="2861D68B" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="080F9EE3" w14:textId="59725A52" w:rsidR="00602579" w:rsidRPr="00897E28" w:rsidRDefault="00602579" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Spletni naslov podatkovne zbirke</w:t>
+              <w:t>Spletni naslov podatkovne zbirke</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A4F1EEA" w14:textId="5DF54ACB" w:rsidR="00602579" w:rsidRPr="00897E28" w:rsidRDefault="00602579" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Podatki za identifikacijo dokumenta</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Podatki za identifikacijo dokumenta </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00602579" w14:paraId="54C2A73F" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C705CAD" w14:textId="77777777" w:rsidR="00602579" w:rsidRDefault="00602579" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vstavite toliko vrstic, kot jih potrebujete.</w:t>
+              <w:t>Vstavite toliko vrstic, kot jih potrebujete.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DA02BF2" w14:textId="77777777" w:rsidR="00602579" w:rsidRDefault="00602579" w:rsidP="00E22F6A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="529D776B" w14:textId="3C950355" w:rsidR="00454D84" w:rsidRPr="00E25A58" w:rsidRDefault="49BAA85C" w:rsidP="00900331">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Častna izjava o pogojih za sodelovanje</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Častna izjava o pogojih za sodelovanje </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D59BB2A" w14:textId="01DD445D" w:rsidR="743C92D7" w:rsidRDefault="743C92D7" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">V primeru postopka s sklopi izjave iz tega dela B veljajo za sklop(-e), za katerega(-e) se predloži prijava za sodelovanje/ponudbo.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>V primeru postopka s sklopi izjave iz tega dela B veljajo za sklop(-e), za katerega(-e) se predloži prijava za sodelovanje/ponudbo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7232500E" w14:textId="59A72938" w:rsidR="00E25A58" w:rsidRDefault="00E25A58" w:rsidP="00E25A58">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">I – Pogoji za sodelovanje</w:t>
+        <w:t>I – Pogoji za sodelovanje</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CE533D0" w14:textId="16A9A02E" w:rsidR="00B74E92" w:rsidRPr="00897E28" w:rsidRDefault="00CA2C74" w:rsidP="051D3D6B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pogoji za sodelovanje, ki se uporabljajo za kandidata/ponudnika kot celoto – konsolidirana ocena</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Pogoji za sodelovanje, ki se uporabljajo za kandidata/ponudnika kot celoto – konsolidirana ocena </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E43862B" w14:textId="28BF9BC9" w:rsidR="006E23B3" w:rsidRPr="00897E28" w:rsidRDefault="006E23B3" w:rsidP="00897E28">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Hlk203596443"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">(izpolni SAMO edini kandidat/ponudnik ali vodja skupine v primeru skupne prijave za sodelovanje/ponudbo)</w:t>
+        <w:t>(izpolni SAMO edini kandidat/ponudnik ali vodja skupine v primeru skupne prijave za sodelovanje/ponudbo)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="580B2348" w14:textId="36EFDB8E" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="00F04B97">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Oseba, ki je edini kandidat/ponudnik/vodja skupine v skupni prijavi za sodelovanje/ponudbo in odda prijavo za sodelovanje/ponudbo za zgoraj navedeni postopek:</w:t>
+        <w:t>Oseba, ki je edini kandidat/ponudnik/vodja skupine v skupni prijavi za sodelovanje/ponudbo in odda prijavo za sodelovanje/ponudbo za zgoraj navedeni postopek:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00723411" w14:paraId="1E301121" w14:textId="77777777" w:rsidTr="00897E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DF8EF4D" w14:textId="00202667" w:rsidR="00723411" w:rsidRDefault="0056736F" w:rsidP="00585B73">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">(6) izjavlja, da kandidat/ponudnik, vključno z vsemi člani skupine v primeru skupne prijave za sodelovanje/ponudbo, podizvajalci in subjekti, na katerih sposobnost se namerava opreti kandidat/ponudnik, če je ustrezno:</w:t>
+              <w:t>(6) izjavlja, da kandidat/ponudnik, vključno z vsemi člani skupine v primeru skupne prijave za sodelovanje/ponudbo, podizvajalci in subjekti, na katerih sposobnost se namerava opreti kandidat/ponudnik, če je ustrezno:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72012666" w14:textId="77777777" w:rsidR="00723411" w:rsidRDefault="00723411" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">DA</w:t>
+              <w:t>DA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="312B178F" w14:textId="77777777" w:rsidR="00723411" w:rsidRDefault="00723411" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">NE</w:t>
+              <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00723411" w14:paraId="08FCC78B" w14:textId="77777777" w:rsidTr="00897E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="350DEA98" w14:textId="50194509" w:rsidR="00723411" w:rsidRDefault="000B752C" w:rsidP="00F5266F">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">izpolnjuje(-jo) vse pogoje za sodelovanje, za katere bo opravljena konsolidirana ocena, kot je določeno v razpisnih zahtevah.</w:t>
+              <w:t>izpolnjuje(-jo) vse pogoje za sodelovanje, za katere bo opravljena konsolidirana ocena, kot je določeno v razpisnih zahtevah.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71ED8742" w14:textId="77777777" w:rsidR="00723411" w:rsidRDefault="00723411" w:rsidP="00C37A34">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="406AD81A" w14:textId="77777777" w:rsidR="00723411" w:rsidRDefault="00723411" w:rsidP="00C37A34">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkEnd w:id="30"/>
     <w:p w14:paraId="50AB76DC" w14:textId="419BD58E" w:rsidR="00CA2C74" w:rsidRPr="00EC7E2B" w:rsidRDefault="00CA2C74" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">Možnost spodaj po potrebi vstavi javni naročnik v skladu z dokumenti v zvezi z oddajo javnega naročila.</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Če taki pogoji obstajajo, mora javni naročnik razpredelnico prilagoditi pogojem iz razpisnih zahtev.</w:t>
+        <w:t>Možnost spodaj po potrebi vstavi javni naročnik v skladu z dokumenti v zvezi z oddajo javnega naročila. Če ni pogojev za sodelovanje, ki bi se uporabljali posamično, mora javni naročnik spodnji oddelek črtati. Če taki pogoji obstajajo, mora javni naročnik razpredelnico prilagoditi pogojem iz razpisnih zahtev.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CFBC1F8" w14:textId="7B867C43" w:rsidR="00CA2C74" w:rsidRPr="00897E28" w:rsidRDefault="00C4227A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pogoji za sodelovanje, ki se uporabljajo posamično za sodelujoče subjekte – posamična ocena</w:t>
+        <w:t>Pogoji za sodelovanje, ki se uporabljajo posamično za sodelujoče subjekte – posamična ocena</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78C15FF3" w14:textId="0676A81C" w:rsidR="00723411" w:rsidRPr="00897E28" w:rsidRDefault="00723411" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">(izpolnijo posamično sodelujoči subjekti, za katere se v skladu z razpisnimi zahtevami uporabljajo pogoji za sodelovanje)</w:t>
+        <w:t>(izpolnijo posamično sodelujoči subjekti, za katere se v skladu z razpisnimi zahtevami uporabljajo pogoji za sodelovanje)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64745216" w14:textId="17979E7F" w:rsidR="00E80BCE" w:rsidRPr="00897E28" w:rsidRDefault="00E80BCE" w:rsidP="6FB7994E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Oseba, ki je edini kandidat/ponudnik / član skupine v skupni prijavi za sodelovanje/ponudbo / podizvajalec in odda prijavo za sodelovanje/ponudbo za zgoraj navedeni postopek oziroma v njej sodeluje:</w:t>
+        <w:t>Oseba, ki je edini kandidat/ponudnik / član skupine v skupni prijavi za sodelovanje/ponudbo / podizvajalec in odda prijavo za sodelovanje/ponudbo za zgoraj navedeni postopek oziroma v njej sodeluje:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9391" w:type="dxa"/>
+        <w:tblW w:w="9286" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7344"/>
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="608"/>
-        <w:gridCol w:w="735"/>
+        <w:gridCol w:w="630"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A551F6" w14:paraId="4C5D7034" w14:textId="77777777" w:rsidTr="628181D4">
+      <w:tr w:rsidR="00A551F6" w14:paraId="4C5D7034" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7344" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66242635" w14:textId="50DF55FA" w:rsidR="00A551F6" w:rsidRPr="006C5B50" w:rsidRDefault="00850397" w:rsidP="006020BD">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:firstLine="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">(7) izjavlja, da oseba izpolnjuje pogoje za sodelovanje, ki se posamično uporabljajo zanjo:</w:t>
+              <w:t>(7) izjavlja, da oseba izpolnjuje pogoje za sodelovanje, ki se posamično uporabljajo zanjo:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13DAA78F" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">DA</w:t>
+              <w:t>DA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="465AC66E" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">NE</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>NE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="237B4D9E" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">n. r.</w:t>
+              <w:t>n. r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A551F6" w14:paraId="5B12A280" w14:textId="77777777" w:rsidTr="628181D4">
+      <w:tr w:rsidR="00A551F6" w14:paraId="5B12A280" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7344" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37A65182" w14:textId="553A92FC" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00F5266F">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">oseba je pravno in regulativno sposobna za opravljanje poklicne dejavnosti, potrebne za izvajanje naročila, kakor se zahteva v razpisnih zahtevah;</w:t>
+              <w:t>oseba je pravno in regulativno sposobna za opravljanje poklicne dejavnosti, potrebne za izvajanje naročila, kakor se zahteva v razpisnih zahtevah;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0291C12C" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CAC5967" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AEE8289" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A551F6" w14:paraId="1FD24AF9" w14:textId="77777777" w:rsidTr="628181D4">
+      <w:tr w:rsidR="00A551F6" w14:paraId="1FD24AF9" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7344" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74F0F585" w14:textId="0D567F77" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00F5266F">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">oseba izpolnjuje veljavna ekonomska in finančna merila, navedena v razpisnih zahtevah;</w:t>
+              <w:t>oseba izpolnjuje veljavna ekonomska in finančna merila, navedena v razpisnih zahtevah;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B07D42B" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56636257" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DC092F3" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A551F6" w14:paraId="1A0954B6" w14:textId="77777777" w:rsidTr="628181D4">
+      <w:tr w:rsidR="00A551F6" w14:paraId="1A0954B6" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7344" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6192EC00" w14:textId="0EE080D4" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00F5266F">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">oseba izpolnjuje veljavna tehnična in strokovna merila, navedena v razpisnih zahtevah.</w:t>
+              <w:t>oseba izpolnjuje veljavna tehnična in strokovna merila, navedena v razpisnih zahtevah.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C74A905" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="028509AD" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="735" w:type="dxa"/>
+            <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44D0D1B1" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F200ED7" w14:textId="02A6270A" w:rsidR="00850397" w:rsidRPr="006C5B50" w:rsidRDefault="006C5B50" w:rsidP="00D36F93">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:noProof/>
           <w:kern w:val="28"/>
           <w:szCs w:val="32"/>
-          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:smallCaps/>
-          <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
         </w:rPr>
-        <w:t xml:space="preserve">II – Pogoji za sodelovanje – nasprotje poklicnih interesov</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">II – Pogoji za sodelovanje – nasprotje poklicnih interesov </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D4253AB" w14:textId="6F28DDE5" w:rsidR="00850397" w:rsidRPr="00897E28" w:rsidRDefault="00850397" w:rsidP="00EE7E2B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">(izpolnijo vsi sodelujoči subjekti</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">)</w:t>
+        <w:t>(izpolnijo vsi sodelujoči subjekti)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E52E5EC" w14:textId="6CF73761" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="00850397">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Oseba, ki je edini kandidat/ponudnik / član skupine v skupni prijavi za sodelovanje/ponudbo / podizvajalec in odda prijavo za sodelovanje/ponudbo za zgoraj navedeni postopek oziroma v njej sodeluje:</w:t>
+        <w:t>Oseba, ki je edini kandidat/ponudnik / član skupine v skupni prijavi za sodelovanje/ponudbo / podizvajalec in odda prijavo za sodelovanje/ponudbo za zgoraj navedeni postopek oziroma v njej sodeluje:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A9EA582" w14:textId="77777777" w:rsidR="00850397" w:rsidRPr="00897E28" w:rsidRDefault="00850397" w:rsidP="00850397">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00850397" w14:paraId="686951BD" w14:textId="77777777" w:rsidTr="6FB7994E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72049991" w14:textId="2B710EF4" w:rsidR="00850397" w:rsidRDefault="007E0722" w:rsidP="007E0722">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">(8) izjavlja, da je oseba:</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">(8) izjavlja, da je oseba: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="358441F1" w14:textId="77777777" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="002775C9">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">DA</w:t>
+              <w:t>DA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2DE2948B" w14:textId="77777777" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="002775C9">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">NE</w:t>
+              <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00850397" w14:paraId="54E58232" w14:textId="77777777" w:rsidTr="6FB7994E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7DA24651" w14:textId="505FF09B" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="00D36F93">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="48"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">v nasprotju interesov, ki bi lahko škodljivo vplivalo na izvedbo naročila.</w:t>
+              <w:t>v nasprotju interesov, ki bi lahko škodljivo vplivalo na izvedbo naročila.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="55708F74" w14:textId="77777777" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="002775C9">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5A3C430F" w14:textId="77777777" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="002775C9">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="790CAC98" w14:textId="130FE33D" w:rsidR="00C4227A" w:rsidRDefault="00C4227A" w:rsidP="00C4227A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">III – Dokazila o pogojih za sodelovanje</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">III – Dokazila o pogojih za sodelovanje </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C38D641" w14:textId="3F0D33E7" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">V razpisnih zahtevah je podrobno določeno, katera dokazila je treba predložiti, kdaj in kateri sodelujoči subjekt jih mora predložiti, da se dokaže, da kandidat/ponudnik izpolnjuje pogoje za sodelovanje.</w:t>
+        <w:t>V razpisnih zahtevah je podrobno določeno, katera dokazila je treba predložiti, kdaj in kateri sodelujoči subjekt jih mora predložiti, da se dokaže, da kandidat/ponudnik izpolnjuje pogoje za sodelovanje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1699FA0D" w14:textId="0C53EE83" w:rsidR="00F04B97" w:rsidRPr="00A64C2E" w:rsidRDefault="00F04B97" w:rsidP="00897E28">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Kadar dokazil ni treba predložiti s prijavo za sodelovanje/ponudbo, je oseba pozvana, naj vnaprej pripravi dokumente v zvezi z dokazili, saj lahko javni naročnik zahteva, da jih predloži v kratkem roku.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Kadar dokazil ni treba predložiti s prijavo za sodelovanje/ponudbo, je oseba pozvana, naj vnaprej pripravi dokumente v zvezi z dokazili, saj lahko javni naročnik zahteva, da jih predloži v kratkem roku. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1279E35F" w14:textId="2584B0D8" w:rsidR="0073022B" w:rsidRDefault="0073022B" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Osebi ni treba predložiti dokazil, če so bila že predložena v drugem postopku oddaje javnega naročila istega javnega naročnika</w:t>
+        <w:t>Osebi ni treba predložiti dokazil, če so bila že predložena v drugem postopku oddaje javnega naročila istega javnega naročnika</w:t>
       </w:r>
-      <w:r w:rsidRPr="051D3D6B">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> in so dokumenti še vedno ažurni.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FBE3FFA" w14:textId="51DD42D5" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Podpisnik/podpisnica izjavlja, da je oseba že predložila dokazila v predhodnem postopku, in potrjuje, da se njena situacija ni spremenila:</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Podpisnik/podpisnica izjavlja, da je oseba že predložila dokazila v predhodnem postopku, in potrjuje, da se njena situacija ni spremenila: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4786"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F04B97" w:rsidRPr="000C2EE8" w14:paraId="09497FED" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10A913E5" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRPr="00897E28" w:rsidRDefault="00F04B97" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dokument</w:t>
+              <w:t>Dokument</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="416CE2E7" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRPr="00897E28" w:rsidRDefault="00F04B97" w:rsidP="051D3D6B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Popoln sklic na predhodni postopek</w:t>
+              <w:t>Popoln sklic na predhodni postopek</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F04B97" w14:paraId="28701422" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63BD6FED" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vstavite toliko vrstic, kot jih potrebujete.</w:t>
+              <w:t>Vstavite toliko vrstic, kot jih potrebujete.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="757BC637" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="00EB503C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4BF7FC99" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRDefault="008B35EE" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Osebi ni treba predložiti dokazil, če so brezplačno dostopna v nacionalni podatkovni zbirki.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Osebi ni treba predložiti dokazil, če so brezplačno dostopna v nacionalni podatkovni zbirki. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03A26509" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRDefault="008B35EE" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Podpisnik/podpisnica izjavlja, da je mogoče do zahtevanih dokazil dostopati prek naslednjega spletnega naslova podatkovne zbirke/z naslednjimi podatki za identifikacijo.</w:t>
+        <w:t>Podpisnik/podpisnica izjavlja, da je mogoče do zahtevanih dokazil dostopati prek naslednjega spletnega naslova podatkovne zbirke/z naslednjimi podatki za identifikacijo.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4786"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B35EE" w:rsidRPr="000C2EE8" w14:paraId="7AAC25A1" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="080AB4FB" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRPr="00897E28" w:rsidRDefault="008B35EE" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Spletni naslov podatkovne zbirke</w:t>
+              <w:t>Spletni naslov podatkovne zbirke</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DCDC931" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRPr="00897E28" w:rsidRDefault="008B35EE" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Podatki za identifikacijo dokumenta</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Podatki za identifikacijo dokumenta </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B35EE" w14:paraId="12BE2EA6" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="392C809C" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRDefault="008B35EE" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vstavite toliko vrstic, kot jih potrebujete.</w:t>
+              <w:t>Vstavite toliko vrstic, kot jih potrebujete.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B4EA288" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRDefault="008B35EE" w:rsidP="00E22F6A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A2970AE" w14:textId="3D14C550" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="006B2B45">
+    <w:p w14:paraId="6DC8BDFA" w14:textId="1EF027BE" w:rsidR="00713108" w:rsidRPr="00403CC8" w:rsidRDefault="00713108" w:rsidP="006B2B45">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Častna izjava o ugotovljenem dolgu do Unije</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Častna izjava o omejevalnih ukrepih</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DCBB562" w14:textId="03CF733F" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="0013073C" w:rsidP="6FB7994E">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9322" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7379"/>
+        <w:gridCol w:w="951"/>
+        <w:gridCol w:w="992"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00781ACA" w:rsidRPr="00781ACA" w14:paraId="3DC7322F" w14:textId="77777777" w:rsidTr="44EC6836">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4B8612" w14:textId="4E0AD68E" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
+            <w:r>
+              <w:t>(9) izjavlja, da za kandidata/ponudnika, vključno z vsemi člani skupine v primeru skupne prijave za sodelovanje/ponudbo, podizvajalci in subjekti, na katerih sposobnost se namerava opreti kandidat/ponudnik, če je ustrezno:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F632F5C" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
+            <w:r>
+              <w:t>DA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B1CDFEC" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
+            <w:r>
+              <w:t>NE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00781ACA" w:rsidRPr="00781ACA" w14:paraId="360E0C62" w14:textId="77777777" w:rsidTr="44EC6836">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DDCF990" w14:textId="5CBBB24E" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00073CDE" w:rsidP="00073CDE">
+            <w:r>
+              <w:t xml:space="preserve">(a) ne veljajo </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>omejevalni ukrepi EU</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t>, sprejeti na podlagi člena 29 Pogodbe o Evropski uniji (PEU) oziroma člena 215 Pogodbe o delovanju Evropske unije (PDEU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="7"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, v skladu s katerimi je navedenim osebam prepovedano neposredno ali posredno dajati na voljo sredstva ali ekonomske vire ali jih prenesti nanje ali jim zagotavljati financiranje ali finančno pomoč ali ki vključujejo zamrznitev sredstev. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="415EBD8A" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9A21C2" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D1C91" w:rsidRPr="00781ACA" w14:paraId="5F9CC6C7" w14:textId="77777777" w:rsidTr="44EC6836">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32C5C328" w14:textId="5666230A" w:rsidR="000D1C91" w:rsidRDefault="000D1C91" w:rsidP="00073CDE">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>(10) izjavlja, da je fizična ali pravna oseba, ki je član upravnega, vodstvenega ali nadzornega organa osebe ali ima pooblastila za zastopanje, odločanje ali nadzor v zvezi z osebo (to zajema npr. direktorje družb, člane vodstvenih ali nadzornih organov in primere, ko ima ena fizična ali pravna oseba v lasti večino delnic družbe), ali dejanski lastnik osebe (kakor je opredeljen v točki 6 člena 3 Direktive (EU) 2015/849) v kateri od naslednjih situacij:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67DC972B" w14:textId="610DD371" w:rsidR="000D1C91" w:rsidRDefault="000D1C91" w:rsidP="00781ACA">
+            <w:r>
+              <w:t>DA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14A02AF5" w14:textId="00F40A05" w:rsidR="000D1C91" w:rsidRDefault="000D1C91" w:rsidP="00781ACA">
+            <w:r>
+              <w:t>NE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000D1C91" w:rsidRPr="00781ACA" w14:paraId="66026081" w14:textId="77777777" w:rsidTr="44EC6836">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2409E6A3" w14:textId="602C5F0D" w:rsidR="000D1C91" w:rsidRDefault="000D1C91" w:rsidP="00073CDE">
+            <w:r>
+              <w:t xml:space="preserve">(a) ne veljajo </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>omejevalni ukrepi EU</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t>, sprejeti na podlagi člena 29 Pogodbe o Evropski uniji (PEU) oziroma člena 215 Pogodbe o delovanju Evropske unije (PDEU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="8"/>
+            </w:r>
+            <w:r>
+              <w:t>, v skladu s katerimi je navedenim osebam prepovedano neposredno ali posredno dajati na voljo sredstva ali ekonomske vire ali jih prenesti nanje ali jim zagotavljati financiranje ali finančno pomoč ali ki vključujejo zamrznitev sredstev.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AE1B30A" w14:textId="5E6A1DD6" w:rsidR="000D1C91" w:rsidRDefault="000D1C91" w:rsidP="00781ACA">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F9E4679" w14:textId="280772DC" w:rsidR="000D1C91" w:rsidRDefault="000D1C91" w:rsidP="00781ACA">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="22B2152C" w14:textId="77777777" w:rsidR="005D7CB0" w:rsidRPr="005D7CB0" w:rsidRDefault="005D7CB0" w:rsidP="005D7CB0"/>
+    <w:p w14:paraId="0A2970AE" w14:textId="49E83F14" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="006B2B45">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Hlk203596381"/>
+      <w:r>
+        <w:t>Častna izjava</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t xml:space="preserve"> o ugotovljenem dolgu do Unije </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DCBB562" w14:textId="78506C1C" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="0013073C" w:rsidP="6FB7994E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">(izpolni edini kandidat/ponudnik ali vsak član skupine v primeru skupne prijave za sodelovanje/ponudbo)</w:t>
+        <w:t>(izpolni edini kandidat/ponudnik ali vsak član skupine v primeru skupne prijave za sodelovanje/ponudbo)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5915DC59" w14:textId="752F5BD7" w:rsidR="00EE7E2B" w:rsidRDefault="00EE7E2B" w:rsidP="00EE7E2B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Oseba, ki je edini kandidat/ponudnik / član skupine v skupni prijavi za sodelovanje/ponudbo in odda prijavo za sodelovanje/ponudbo za zgoraj navedeni postopek:</w:t>
+        <w:t>Oseba, ki je edini kandidat/ponudnik / član skupine v skupni prijavi za sodelovanje/ponudbo in odda prijavo za sodelovanje/ponudbo za zgoraj navedeni postopek:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14A59500" w14:textId="77777777" w:rsidR="00EE7E2B" w:rsidRDefault="00EE7E2B" w:rsidP="00EE7E2B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="006B2B45" w:rsidRPr="006B0A89" w14:paraId="38621178" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CEFFAC7" w14:textId="1AE63625" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="00920214" w:rsidP="006B0A89">
+          <w:p w14:paraId="5CEFFAC7" w14:textId="1B9067B7" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="00920214" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">(9) izjavlja, da:</w:t>
+              <w:t>(1</w:t>
+            </w:r>
+            <w:r w:rsidR="00820578">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>) izjavlja, da:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D747CEE" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">DA</w:t>
+              <w:t>DA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="78E9B217" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">NE</w:t>
+              <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B2B45" w14:paraId="119AF60A" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2544FED7" w14:textId="320CDAB9" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="00EE7E2B" w:rsidP="051D3D6B">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">(a) ima oseba ugotovljen dolg do Unije, Evropske skupnosti za atomsko energijo ali izvajalske agencije, kadar slednja izvršuje proračun Unije.</w:t>
+              <w:t>(a) ima oseba ugotovljen dolg do Unije, Evropske skupnosti za atomsko energijo ali izvajalske agencije, kadar slednja izvršuje proračun Unije.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62F13434" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B0A89">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006B0A89">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006B0A89">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76F5354F" w14:textId="0A72441B" w:rsidR="006B2B45" w:rsidRDefault="006B2B45" w:rsidP="628181D4">
+          <w:p w14:paraId="5A6C8E46" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...21 lines deleted...]
-            <w:r w:rsidRPr="006B0A89">
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006B0A89">
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006B0A89">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="171E4AF4" w14:textId="20CC95AF" w:rsidR="00340E14" w:rsidRPr="006B0A89" w:rsidRDefault="00340E14" w:rsidP="00340E14">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Častna izjava o predloženi ponudbi</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Častna izjava o predloženi ponudbi </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D66B10A" w14:textId="0B06DCCD" w:rsidR="00765179" w:rsidRPr="000C6B51" w:rsidRDefault="00765179" w:rsidP="570F7154">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">(izpolni posamično edini kandidat/ponudnik ali vodja skupine v primeru skupne prijave za sodelovanje/ponudbo)</w:t>
+        <w:t>(izpolni posamično edini kandidat/ponudnik ali vodja skupine v primeru skupne prijave za sodelovanje/ponudbo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44652C08" w14:textId="3F669C66" w:rsidR="743C92D7" w:rsidRDefault="743C92D7" w:rsidP="051D3D6B">
+    <w:p w14:paraId="44652C08" w14:textId="3B2F458F" w:rsidR="743C92D7" w:rsidRDefault="743C92D7" w:rsidP="30C4CF82">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">V primeru postopka s sklopi izjave iz tega dela D veljajo za sklop(-e), za katerega(-e) se predloži prijava za sodelovanje/ponudbo.</w:t>
+        <w:t>V primeru postopka s sklopi izjave iz tega dela E veljajo za sklop(-e), za katerega(-e) se predloži prijava za sodelovanje/ponudbo.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9756" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8327"/>
-        <w:gridCol w:w="795"/>
-        <w:gridCol w:w="634"/>
+        <w:gridCol w:w="670"/>
+        <w:gridCol w:w="759"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F6EA2" w14:paraId="022E046F" w14:textId="77777777" w:rsidTr="628181D4">
+      <w:tr w:rsidR="000F6EA2" w14:paraId="022E046F" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="09C4ACC7" w14:textId="1C49DC02" w:rsidR="000F6EA2" w:rsidRDefault="00C210FF" w:rsidP="00C210FF">
+          </w:tcPr>
+          <w:p w14:paraId="09C4ACC7" w14:textId="07042818" w:rsidR="000F6EA2" w:rsidRDefault="00C210FF" w:rsidP="00C210FF">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">(10) izjavlja, da:</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>(1</w:t>
+            </w:r>
+            <w:r w:rsidR="00820578">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>) izjavlja, da:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59250AC2" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">DA</w:t>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+              <w:t>DA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="759" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D1AA4B7" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">NE</w:t>
+              <w:t>NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F6EA2" w14:paraId="787F342E" w14:textId="77777777" w:rsidTr="628181D4">
+      <w:tr w:rsidR="000F6EA2" w14:paraId="787F342E" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7975BFE1" w14:textId="706E36C7" w:rsidR="000F6EA2" w:rsidRDefault="000C6B51" w:rsidP="051D3D6B">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">(a) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">[</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">je oseba pripravila predloženo ponudbo</w:t>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r>
+              <w:t>je oseba pripravila predloženo ponudbo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">]</w:t>
+              <w:t>]</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">[</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">se oseba zavezuje, da bo pripravila ponudbo (če je bila povabljena k oddaji ponudbe)</w:t>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r>
+              <w:t>se oseba zavezuje, da bo pripravila ponudbo (če je bila povabljena k oddaji ponudbe)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">]</w:t>
+              <w:t>]</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> popolnoma samostojno in neodvisno od drugih ponudb, predloženih v okviru istega postopka javnega naročanja.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="795" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="354F15FF" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="634" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="759" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="360BA9D6" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="005915B6"/>
-            <w:r w:rsidR="005915B6">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="37B931D2" w14:textId="77777777" w:rsidR="00D6012C" w:rsidRDefault="00D6012C" w:rsidP="004D4F4A">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28BFCDAB" w14:textId="41BE2C60" w:rsidR="00670F39" w:rsidRDefault="00670F39" w:rsidP="004D4F4A">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Oseba mora nemudoma obvestiti javnega naročnika o vseh spremembah situacij, kot so bile prijavljene.</w:t>
+        <w:t>Oseba mora nemudoma obvestiti javnega naročnika o vseh spremembah situacij, kot so bile prijavljene.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB55991" w14:textId="77777777" w:rsidR="00670F39" w:rsidRDefault="00670F39" w:rsidP="004D4F4A">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16F448EE" w14:textId="0456F69B" w:rsidR="00BA61F8" w:rsidRPr="0024225B" w:rsidRDefault="00BA61F8" w:rsidP="004D4F4A">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Osebi se lahko zavrne sodelovanje v tem postopku in se ji naložijo upravne sankcije (izključitev ali denarna kazen), če se navedene izjave ali predložene informacije, ki so pogoj za sodelovanje v tem postopku, izkažejo za neresnične.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Osebi se lahko zavrne sodelovanje v tem postopku in se ji naložijo upravne sankcije (izključitev ali denarna kazen), če se navedene izjave ali predložene informacije, ki so pogoj za sodelovanje v tem postopku, izkažejo za neresnične.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BB38143" w14:textId="77777777" w:rsidR="003F19C9" w:rsidRDefault="003F19C9" w:rsidP="004A4B4A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5652B8A9" w14:textId="01CB9F86" w:rsidR="00522736" w:rsidRDefault="004D4F4A" w:rsidP="004A4B4A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ime in priimek:</w:t>
+        <w:t>Ime in priimek:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F5C3CA0" w14:textId="4ADE4B77" w:rsidR="00522736" w:rsidRDefault="00DA410F" w:rsidP="004A4B4A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Datum:</w:t>
+        <w:t>Datum:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F448F0" w14:textId="42F52720" w:rsidR="00DA410F" w:rsidRPr="00F76ABA" w:rsidRDefault="00DA410F" w:rsidP="004A4B4A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Podpis:</w:t>
+        <w:t>Podpis:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F448F1" w14:textId="7A2215E0" w:rsidR="00DA410F" w:rsidRPr="002870DB" w:rsidRDefault="00DA410F" w:rsidP="004D4F4A">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53986040" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">Izjavo je treba podpisati z:</w:t>
+        <w:t>Izjavo je treba podpisati z:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17B153CA" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08E82C60" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">Elektronskim podpisom (priporočena možnost):</w:t>
+        <w:t>Elektronskim podpisom (priporočena možnost):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DFB16FF" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34AE105A" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">Če lahko izjavo podpišete s kvalificiranim elektronskim podpisom (QES), vas prosimo, da jo elektronsko podpiše(-jo) vaš(-i) pooblaščeni predstavnik(-i).</w:t>
+        <w:t xml:space="preserve">Če lahko izjavo podpišete s kvalificiranim elektronskim podpisom (QES), vas prosimo, da jo elektronsko podpiše(-jo) vaš(-i) pooblaščeni predstavnik(-i). Veljaven bo samo kvalificirani elektronski podpis v smislu Uredbe (EU) št. 910/2014 (uredba </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>eIDAS</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">Veljaven bo samo kvalificirani elektronski podpis v smislu Uredbe (EU) št. 910/2014 (uredba eIDAS).</w:t>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="14B60CC3" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="271453EE" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">Pred pošiljanjem elektronsko podpisanega dokumenta preverite podpis in veljavnost potrdila z enim od naslednjih orodij:</w:t>
+        <w:t>Pred pošiljanjem elektronsko podpisanega dokumenta preverite podpis in veljavnost potrdila z enim od naslednjih orodij:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51E4A90D" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Orodje DSS za potrjevanje veljavnosti, ki je na voljo na </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:highlight w:val="lightGray"/>
           </w:rPr>
-          <w:t xml:space="preserve">https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation</w:t>
+          <w:t>https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">, vam lahko pomaga pri preverjanju veljavnosti potrdila, tako da v dokumentu navede število in vrsto veljavnih podpisov.</w:t>
+        <w:t>, vam lahko pomaga pri preverjanju veljavnosti potrdila, tako da v dokumentu navede število in vrsto veljavnih podpisov.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C363E86" w14:textId="114D5DCB" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">V brskalniku z zanesljivim seznamom EU je mogoče preveriti, ali sta ponudnik elektronskega podpisa in storitev zaupanja, ki jo zagotavlja, del zanesljivega seznama Evropske unije:</w:t>
+        <w:t xml:space="preserve">V brskalniku z zanesljivim seznamom EU je mogoče preveriti, ali sta ponudnik elektronskega podpisa in storitev zaupanja, ki jo zagotavlja, del zanesljivega seznama Evropske unije: </w:t>
       </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="/screen/home">
+        <w:r>
+          <w:rPr>
+            <w:i/>
+            <w:highlight w:val="lightGray"/>
+          </w:rPr>
+          <w:t>https://esignature.ec.europa.eu/efda/tl-browser/#/screen/home</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58097C9C" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EFE5604" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Da bi se prepričali, da uporabljate kvalificirani elektronski podpis, ki je skladen z uredbo </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:anchor="/screen/home">
-[...31 lines deleted...]
-      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">Da bi se prepričali, da uporabljate kvalificirani elektronski podpis, ki je skladen z uredbo eIDAS, morate preveriti, ali sta ponudnik storitev in uporabljena kvalificirana storitev ustvarjanja potrdil vključena v brskalnik z zanesljivim seznamom EU.</w:t>
+        <w:t>eIDAS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>, morate preveriti, ali sta ponudnik storitev in uporabljena kvalificirana storitev ustvarjanja potrdil vključena v brskalnik z zanesljivim seznamom EU.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E36E67D" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B35402D" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lastnoročnim podpisom:</w:t>
+        <w:t>Lastnoročnim podpisom:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64EBAE13" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B4AD373" w14:textId="40400EE6" w:rsidR="00454D84" w:rsidRPr="006B2B45" w:rsidRDefault="00454D84" w:rsidP="004D4F4A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">Če izjave ne morete podpisati s kvalificiranim elektronskim podpisom (QES), vas prosimo, da jo izpolnite v elektronski obliki in jo natisnete, podpiše(-jo) in datira(-jo) pa naj jo vaš(-i) pooblaščeni predstavnik(-i) z lastnoročnim podpisom.</w:t>
+        <w:t>Če izjave ne morete podpisati s kvalificiranim elektronskim podpisom (QES), vas prosimo, da jo izpolnite v elektronski obliki in jo natisnete, podpiše(-jo) in datira(-jo) pa naj jo vaš(-i) pooblaščeni predstavnik(-i) z lastnoročnim podpisom.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00454D84" w:rsidRPr="006B2B45" w:rsidSect="001D72E4">
-      <w:headerReference w:type="even" r:id="rId14"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21EE9936" w14:textId="77777777" w:rsidR="00526021" w:rsidRDefault="00526021">
+    <w:p w14:paraId="26ECFEA0" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B8F58EE" w14:textId="77777777" w:rsidR="00526021" w:rsidRDefault="00526021">
+    <w:p w14:paraId="76C33E51" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="31A02772" w14:textId="77777777" w:rsidR="00526021" w:rsidRDefault="00526021"/>
+    <w:p w14:paraId="51D87646" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3C22852C" w14:textId="77777777" w:rsidR="00A51213" w:rsidRDefault="00A51213">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1795981518"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="08123FA5" w14:textId="0762C965" w:rsidR="00585B73" w:rsidRDefault="00585B73" w:rsidP="00370A7F">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Stran </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC7E2B">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00EC7E2B">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00EC7E2B">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AB1D69">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC7E2B">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> od </w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC7E2B">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin" w:dirty="true"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EC7E2B">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00EC7E2B">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AB1D69">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EC7E2B">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="65B8CF84" w14:textId="77777777" w:rsidR="00585B73" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42EBA7AE" w14:textId="70FD2B71" w:rsidR="00585B73" w:rsidRPr="00D6012C" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="247F4E4D" w14:textId="77777777" w:rsidR="00585B73" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56AA33CA" w14:textId="77777777" w:rsidR="00526021" w:rsidRDefault="00526021">
+    <w:p w14:paraId="5612B4D0" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="224377A1" w14:textId="77777777" w:rsidR="00526021" w:rsidRDefault="00526021">
+    <w:p w14:paraId="333A5CC8" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7016701D" w14:textId="77777777" w:rsidR="00526021" w:rsidRDefault="00526021"/>
+    <w:p w14:paraId="434E5136" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="61539AC3" w14:textId="46EF5ACC" w:rsidR="00585B73" w:rsidRPr="009857B0" w:rsidRDefault="00585B73">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Iste institucije, agencije, organa ali urada EU.</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Iste institucije, agencije, organa ali urada EU. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="77A259E1" w14:textId="37F9C71D" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">„</w:t>
+        <w:t>„</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:b/>
           <w:sz w:val="20"/>
-          <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Sodelujoči subjekt</w:t>
+        <w:t>Sodelujoči subjekt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">“ je vsak gospodarski subjekt, ki sodeluje pri prijavi za sodelovanje/ponudbo.</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">To vključuje naslednje štiri kategorije gospodarskih subjektov:</w:t>
+        <w:t>“ je vsak gospodarski subjekt, ki sodeluje pri prijavi za sodelovanje/ponudbo. To vključuje naslednje štiri kategorije gospodarskih subjektov:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5F011B" w14:textId="797285D5" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">samostojni kandidat/ponudnik;</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">samostojni kandidat/ponudnik; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19BA1FBC" w14:textId="0458761C" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">člani skupine (vključno z vodjo skupine) v primeru skupne prijave za sodelovanje/ponudbo;</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">člani skupine (vključno z vodjo skupine) v primeru skupne prijave za sodelovanje/ponudbo; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1460283F" w14:textId="114CC700" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">določeni podizvajalci</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">določeni podizvajalci ter </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47F4AE29" w14:textId="50B7CA17" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">drugi subjekti (ki niso podizvajalci), na zmogljivosti katerih se namerava kandidat/ponudnik opreti pri izpolnjevanju pogojev za sodelovanje.</w:t>
+        <w:t>drugi subjekti (ki niso podizvajalci), na zmogljivosti katerih se namerava kandidat/ponudnik opreti pri izpolnjevanju pogojev za sodelovanje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE9C146" w14:textId="10CA3A5B" w:rsidR="00585B73" w:rsidRPr="004C0A40" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
+    <w:p w14:paraId="5BE9C146" w14:textId="10CA3A5B" w:rsidR="00585B73" w:rsidRPr="00EF6869" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="60E27032" w14:textId="09DEF132" w:rsidR="002254B5" w:rsidRPr="00295BCF" w:rsidRDefault="002254B5" w:rsidP="00295BCF">
+    <w:p w14:paraId="7F511AE8" w14:textId="5800C21C" w:rsidR="00211706" w:rsidRPr="00211706" w:rsidRDefault="00211706">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Izjava iz te točke 2 je prostovoljna in ne more imeti škodljivih pravnih posledic za gospodarski subjekt, dokler niso izpolnjeni pogoji iz člena 143(1)(a) finančne uredbe.</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Če je odgovor na katero koli vprašanje pritrdilen, navedite vse dodatne podrobnosti, ki se vam zdijo primerne.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="79038C83" w14:textId="46E5ADA1" w:rsidR="00585B73" w:rsidRPr="00EA6BA4" w:rsidRDefault="00585B73">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Iste institucije, agencije, organa ali urada EU.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Iste institucije, agencije, organa ali urada EU.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="691476B8" w14:textId="175A7801" w:rsidR="00585B73" w:rsidRPr="00EA6BA4" w:rsidRDefault="00585B73" w:rsidP="0073022B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Iste institucije, agencije, organa ali urada EU.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Iste institucije, agencije, organa ali urada EU.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
+    <w:p w14:paraId="778927A2" w14:textId="77777777" w:rsidR="0008506D" w:rsidRPr="00E07552" w:rsidRDefault="0008506D" w:rsidP="0008506D">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Upoštevajte, da Uradni list Evropske unije vsebuje uradni seznam, v primeru razhajanja pa njegova vsebina prevlada</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C271E7" w14:textId="77777777" w:rsidR="0008506D" w:rsidRPr="00E07552" w:rsidRDefault="0008506D" w:rsidP="0008506D">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nad vsebino </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="/main" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>zemljevida sankcij EU</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="8">
+    <w:p w14:paraId="21475050" w14:textId="77777777" w:rsidR="000D1C91" w:rsidRPr="00E07552" w:rsidRDefault="000D1C91" w:rsidP="000D1C91">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Upoštevajte, da Uradni list Evropske unije vsebuje uradni seznam, v primeru razhajanja pa njegova vsebina prevlada</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E0D7B1" w14:textId="77777777" w:rsidR="000D1C91" w:rsidRPr="00E07552" w:rsidRDefault="000D1C91" w:rsidP="000D1C91">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">nad vsebino </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="/main" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>zemljevida sankcij EU</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D86A89D" w14:textId="77777777" w:rsidR="00A51213" w:rsidRDefault="00A51213">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2694530D" w14:textId="59A5FD14" w:rsidR="00585B73" w:rsidRDefault="00585B73" w:rsidP="001D72E4">
+  <w:p w14:paraId="2694530D" w14:textId="75EBB3FE" w:rsidR="00585B73" w:rsidRDefault="00585B73" w:rsidP="001D72E4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Različica iz marca 2025</w:t>
+      <w:t>Različica iz oktobra 2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="42189F54" w14:textId="77777777" w:rsidR="00585B73" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16F448F6" w14:textId="24A0B937" w:rsidR="00585B73" w:rsidRPr="00370A7F" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Različica iz julija 2022</w:t>
+      <w:t>Različica iz julija 2022</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F32C732E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -9831,59 +9842,62 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21934A21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="85467836"/>
-[...4 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:tmpl w:val="24BED4D6"/>
+    <w:lvl w:ilvl="0" w:tplc="424CED92">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13269,1118 +13283,1170 @@
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1227573725">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1583106452">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="920918386">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1036740600">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="719672450">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="19206077">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="51"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="dirty" w:grammar="dirty"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="LW_DocType" w:val="NORMAL"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00DA410F"/>
     <w:rsid w:val="000000DA"/>
     <w:rsid w:val="000001AD"/>
     <w:rsid w:val="00000D90"/>
-    <w:rsid w:val="000116EF"/>
+    <w:rsid w:val="00001697"/>
     <w:rsid w:val="00011D8F"/>
     <w:rsid w:val="000134F6"/>
     <w:rsid w:val="00014289"/>
+    <w:rsid w:val="0001478E"/>
     <w:rsid w:val="00015453"/>
-    <w:rsid w:val="00017A65"/>
-    <w:rsid w:val="0003206B"/>
+    <w:rsid w:val="00021420"/>
     <w:rsid w:val="0003236B"/>
-    <w:rsid w:val="0003776C"/>
+    <w:rsid w:val="00042DF5"/>
     <w:rsid w:val="00044C7D"/>
     <w:rsid w:val="00055F7F"/>
     <w:rsid w:val="00057312"/>
     <w:rsid w:val="00060716"/>
     <w:rsid w:val="00064BE7"/>
     <w:rsid w:val="00072088"/>
+    <w:rsid w:val="00073CDE"/>
     <w:rsid w:val="00074059"/>
+    <w:rsid w:val="00083DDE"/>
+    <w:rsid w:val="0008506D"/>
     <w:rsid w:val="000853F7"/>
     <w:rsid w:val="00086029"/>
     <w:rsid w:val="00086A53"/>
+    <w:rsid w:val="000A07E9"/>
     <w:rsid w:val="000A0BA5"/>
     <w:rsid w:val="000A49B6"/>
     <w:rsid w:val="000A6F71"/>
     <w:rsid w:val="000B1CF8"/>
     <w:rsid w:val="000B2CF0"/>
     <w:rsid w:val="000B34D3"/>
+    <w:rsid w:val="000B67F3"/>
     <w:rsid w:val="000B752C"/>
     <w:rsid w:val="000C2EE8"/>
     <w:rsid w:val="000C3409"/>
     <w:rsid w:val="000C3A13"/>
     <w:rsid w:val="000C68B3"/>
     <w:rsid w:val="000C6B51"/>
+    <w:rsid w:val="000D1C91"/>
     <w:rsid w:val="000D27F5"/>
     <w:rsid w:val="000D41F1"/>
     <w:rsid w:val="000D5F0F"/>
-    <w:rsid w:val="000E06C4"/>
+    <w:rsid w:val="000E044C"/>
     <w:rsid w:val="000E2E14"/>
     <w:rsid w:val="000E6D3C"/>
     <w:rsid w:val="000F3EF8"/>
     <w:rsid w:val="000F40A3"/>
     <w:rsid w:val="000F5F4E"/>
     <w:rsid w:val="000F6EA2"/>
     <w:rsid w:val="00100A54"/>
     <w:rsid w:val="0010150F"/>
     <w:rsid w:val="0010484E"/>
     <w:rsid w:val="00105C02"/>
     <w:rsid w:val="0011021A"/>
     <w:rsid w:val="00110C98"/>
     <w:rsid w:val="00113FC7"/>
     <w:rsid w:val="0011512C"/>
     <w:rsid w:val="0011661C"/>
     <w:rsid w:val="00116FF1"/>
     <w:rsid w:val="00121829"/>
     <w:rsid w:val="001228C9"/>
+    <w:rsid w:val="001257B8"/>
     <w:rsid w:val="0012614D"/>
     <w:rsid w:val="0013073C"/>
     <w:rsid w:val="00131972"/>
     <w:rsid w:val="00133437"/>
     <w:rsid w:val="00134415"/>
+    <w:rsid w:val="00146A75"/>
+    <w:rsid w:val="00151408"/>
     <w:rsid w:val="001524A7"/>
     <w:rsid w:val="001536C7"/>
     <w:rsid w:val="00154CF6"/>
     <w:rsid w:val="00156071"/>
     <w:rsid w:val="001564B0"/>
     <w:rsid w:val="00161151"/>
     <w:rsid w:val="001633A3"/>
     <w:rsid w:val="00165F76"/>
     <w:rsid w:val="00170A83"/>
     <w:rsid w:val="00171B85"/>
-    <w:rsid w:val="001740C1"/>
     <w:rsid w:val="001751BC"/>
     <w:rsid w:val="00176DEC"/>
     <w:rsid w:val="00180151"/>
-    <w:rsid w:val="00180166"/>
     <w:rsid w:val="00182B46"/>
+    <w:rsid w:val="00182D13"/>
     <w:rsid w:val="00184B3F"/>
     <w:rsid w:val="00191BB4"/>
+    <w:rsid w:val="001969D1"/>
     <w:rsid w:val="001A2EAD"/>
     <w:rsid w:val="001A6E91"/>
     <w:rsid w:val="001A7789"/>
     <w:rsid w:val="001A7C0B"/>
     <w:rsid w:val="001B17EB"/>
     <w:rsid w:val="001B3771"/>
     <w:rsid w:val="001B5619"/>
     <w:rsid w:val="001C14D3"/>
     <w:rsid w:val="001C31D5"/>
+    <w:rsid w:val="001C4395"/>
     <w:rsid w:val="001C4F29"/>
     <w:rsid w:val="001C5CDF"/>
     <w:rsid w:val="001D72E4"/>
+    <w:rsid w:val="001D7FA6"/>
     <w:rsid w:val="001E0D73"/>
-    <w:rsid w:val="001E1175"/>
+    <w:rsid w:val="001E1AF4"/>
     <w:rsid w:val="001E25F2"/>
     <w:rsid w:val="001E33AE"/>
     <w:rsid w:val="001F135A"/>
     <w:rsid w:val="001F4321"/>
     <w:rsid w:val="0020320A"/>
     <w:rsid w:val="00204059"/>
+    <w:rsid w:val="00206746"/>
     <w:rsid w:val="002071B5"/>
     <w:rsid w:val="00210CBD"/>
+    <w:rsid w:val="00211706"/>
     <w:rsid w:val="002121C3"/>
     <w:rsid w:val="0021259E"/>
     <w:rsid w:val="0021265F"/>
     <w:rsid w:val="00214D18"/>
     <w:rsid w:val="002151DC"/>
+    <w:rsid w:val="0021662F"/>
     <w:rsid w:val="0021695B"/>
     <w:rsid w:val="0022078F"/>
     <w:rsid w:val="00221F81"/>
     <w:rsid w:val="0022226B"/>
     <w:rsid w:val="00222C6A"/>
     <w:rsid w:val="0022529D"/>
     <w:rsid w:val="002254B5"/>
     <w:rsid w:val="00227415"/>
     <w:rsid w:val="00230ACC"/>
     <w:rsid w:val="00235961"/>
     <w:rsid w:val="0024225B"/>
+    <w:rsid w:val="00247570"/>
     <w:rsid w:val="00250E38"/>
     <w:rsid w:val="00251321"/>
     <w:rsid w:val="002523BC"/>
     <w:rsid w:val="002610C3"/>
+    <w:rsid w:val="00262DC7"/>
     <w:rsid w:val="00265657"/>
     <w:rsid w:val="00267A4E"/>
     <w:rsid w:val="00267DD7"/>
     <w:rsid w:val="00272C76"/>
     <w:rsid w:val="002737A5"/>
+    <w:rsid w:val="0027592E"/>
     <w:rsid w:val="00276307"/>
     <w:rsid w:val="002775C9"/>
     <w:rsid w:val="00282169"/>
     <w:rsid w:val="002870DB"/>
     <w:rsid w:val="00290AC9"/>
     <w:rsid w:val="00292B05"/>
     <w:rsid w:val="002938BC"/>
     <w:rsid w:val="00293915"/>
     <w:rsid w:val="00295526"/>
     <w:rsid w:val="00295BCF"/>
     <w:rsid w:val="00295EA5"/>
     <w:rsid w:val="002966E6"/>
     <w:rsid w:val="002A09B7"/>
     <w:rsid w:val="002A328B"/>
-    <w:rsid w:val="002B008B"/>
     <w:rsid w:val="002B27B2"/>
     <w:rsid w:val="002B2ABE"/>
     <w:rsid w:val="002B54BD"/>
     <w:rsid w:val="002B5569"/>
     <w:rsid w:val="002B7336"/>
+    <w:rsid w:val="002B7953"/>
     <w:rsid w:val="002C1324"/>
+    <w:rsid w:val="002C3BC2"/>
     <w:rsid w:val="002C56EC"/>
     <w:rsid w:val="002C76EE"/>
     <w:rsid w:val="002D4768"/>
     <w:rsid w:val="002D7022"/>
     <w:rsid w:val="002E016A"/>
     <w:rsid w:val="002E3945"/>
     <w:rsid w:val="002E4DDF"/>
     <w:rsid w:val="002E7FE3"/>
     <w:rsid w:val="002F0D05"/>
+    <w:rsid w:val="002F4D73"/>
     <w:rsid w:val="002F6C60"/>
     <w:rsid w:val="00300E03"/>
+    <w:rsid w:val="00304736"/>
     <w:rsid w:val="0030486A"/>
     <w:rsid w:val="00304E61"/>
     <w:rsid w:val="003154CD"/>
     <w:rsid w:val="00316C13"/>
     <w:rsid w:val="00321B2B"/>
     <w:rsid w:val="00325E5A"/>
     <w:rsid w:val="00327EBE"/>
     <w:rsid w:val="00332821"/>
     <w:rsid w:val="00333F36"/>
     <w:rsid w:val="0033485A"/>
     <w:rsid w:val="0033520A"/>
     <w:rsid w:val="00340E14"/>
     <w:rsid w:val="00343F23"/>
     <w:rsid w:val="003443FA"/>
-    <w:rsid w:val="003519EE"/>
+    <w:rsid w:val="00345F5A"/>
     <w:rsid w:val="00354B2E"/>
     <w:rsid w:val="00357A64"/>
     <w:rsid w:val="00357CC2"/>
     <w:rsid w:val="003606C5"/>
     <w:rsid w:val="00360DC9"/>
     <w:rsid w:val="00360EF5"/>
     <w:rsid w:val="00366D34"/>
     <w:rsid w:val="00366F7A"/>
     <w:rsid w:val="00366FB4"/>
     <w:rsid w:val="00370A7F"/>
     <w:rsid w:val="0037368F"/>
     <w:rsid w:val="003738BE"/>
+    <w:rsid w:val="0037431C"/>
     <w:rsid w:val="003761DA"/>
     <w:rsid w:val="00376A09"/>
     <w:rsid w:val="0038404C"/>
     <w:rsid w:val="00384EE5"/>
     <w:rsid w:val="003865BE"/>
     <w:rsid w:val="0039104C"/>
     <w:rsid w:val="0039338B"/>
     <w:rsid w:val="0039595B"/>
     <w:rsid w:val="003974B8"/>
+    <w:rsid w:val="003A08B5"/>
     <w:rsid w:val="003A427B"/>
     <w:rsid w:val="003A74F8"/>
     <w:rsid w:val="003B3A9F"/>
     <w:rsid w:val="003B478B"/>
-    <w:rsid w:val="003B5F8B"/>
+    <w:rsid w:val="003B523C"/>
     <w:rsid w:val="003B63B8"/>
     <w:rsid w:val="003B6ACF"/>
     <w:rsid w:val="003B7314"/>
-    <w:rsid w:val="003B7947"/>
+    <w:rsid w:val="003C155E"/>
     <w:rsid w:val="003C6B78"/>
     <w:rsid w:val="003C7E81"/>
     <w:rsid w:val="003D0FB8"/>
     <w:rsid w:val="003E2874"/>
     <w:rsid w:val="003E38BD"/>
     <w:rsid w:val="003E3BA0"/>
     <w:rsid w:val="003E4DCC"/>
     <w:rsid w:val="003E5E5C"/>
     <w:rsid w:val="003E77E7"/>
     <w:rsid w:val="003F19C9"/>
-    <w:rsid w:val="003F264D"/>
     <w:rsid w:val="003F4DFC"/>
-    <w:rsid w:val="003F52B5"/>
     <w:rsid w:val="003F57E2"/>
     <w:rsid w:val="003F754E"/>
     <w:rsid w:val="004025EE"/>
+    <w:rsid w:val="00403CC8"/>
     <w:rsid w:val="0040714B"/>
     <w:rsid w:val="00410AC2"/>
     <w:rsid w:val="004123FC"/>
     <w:rsid w:val="00413D8C"/>
     <w:rsid w:val="00420D17"/>
     <w:rsid w:val="00421C45"/>
     <w:rsid w:val="00422300"/>
     <w:rsid w:val="0042262A"/>
     <w:rsid w:val="00424EC0"/>
     <w:rsid w:val="00425174"/>
     <w:rsid w:val="00433BAA"/>
+    <w:rsid w:val="00434A0A"/>
     <w:rsid w:val="00436C93"/>
     <w:rsid w:val="00437501"/>
     <w:rsid w:val="00452C5D"/>
     <w:rsid w:val="00454D84"/>
     <w:rsid w:val="00457E62"/>
     <w:rsid w:val="0046077A"/>
     <w:rsid w:val="004613D0"/>
     <w:rsid w:val="00464D85"/>
     <w:rsid w:val="00466AA5"/>
-    <w:rsid w:val="00466EB0"/>
-    <w:rsid w:val="00466F33"/>
     <w:rsid w:val="00470C58"/>
     <w:rsid w:val="00471EE9"/>
     <w:rsid w:val="00472347"/>
     <w:rsid w:val="004729C1"/>
     <w:rsid w:val="004764EF"/>
     <w:rsid w:val="00476C53"/>
-    <w:rsid w:val="00481F6D"/>
     <w:rsid w:val="00485E7A"/>
     <w:rsid w:val="00493426"/>
     <w:rsid w:val="004949D8"/>
-    <w:rsid w:val="004A059C"/>
     <w:rsid w:val="004A29F9"/>
     <w:rsid w:val="004A3BDB"/>
     <w:rsid w:val="004A4B4A"/>
-    <w:rsid w:val="004A515C"/>
     <w:rsid w:val="004B187F"/>
     <w:rsid w:val="004B1983"/>
     <w:rsid w:val="004B21AD"/>
     <w:rsid w:val="004B29AF"/>
     <w:rsid w:val="004B378B"/>
+    <w:rsid w:val="004B4E8F"/>
     <w:rsid w:val="004B6D81"/>
     <w:rsid w:val="004C0625"/>
     <w:rsid w:val="004C0A40"/>
-    <w:rsid w:val="004C2763"/>
+    <w:rsid w:val="004C4841"/>
     <w:rsid w:val="004D1B9D"/>
     <w:rsid w:val="004D4F4A"/>
     <w:rsid w:val="004D4F81"/>
     <w:rsid w:val="004E356C"/>
     <w:rsid w:val="004E37B5"/>
     <w:rsid w:val="004F1231"/>
     <w:rsid w:val="004F1BC6"/>
     <w:rsid w:val="004F6CB7"/>
     <w:rsid w:val="00500D57"/>
     <w:rsid w:val="0050151E"/>
     <w:rsid w:val="00501E73"/>
     <w:rsid w:val="0050320D"/>
     <w:rsid w:val="005059D9"/>
     <w:rsid w:val="005063A7"/>
     <w:rsid w:val="00506A50"/>
+    <w:rsid w:val="005074E9"/>
+    <w:rsid w:val="005107EF"/>
     <w:rsid w:val="00510EC4"/>
     <w:rsid w:val="00513A6F"/>
     <w:rsid w:val="00513ABB"/>
     <w:rsid w:val="00515050"/>
     <w:rsid w:val="00515AA9"/>
     <w:rsid w:val="005172C9"/>
     <w:rsid w:val="00521F2A"/>
     <w:rsid w:val="00522736"/>
-    <w:rsid w:val="00526021"/>
     <w:rsid w:val="005270E3"/>
     <w:rsid w:val="00527DEE"/>
     <w:rsid w:val="0053408E"/>
+    <w:rsid w:val="00535373"/>
     <w:rsid w:val="00536C37"/>
     <w:rsid w:val="0054381F"/>
     <w:rsid w:val="00556732"/>
     <w:rsid w:val="00556DCA"/>
     <w:rsid w:val="005609A4"/>
     <w:rsid w:val="00564AE3"/>
     <w:rsid w:val="00564B62"/>
     <w:rsid w:val="0056736F"/>
     <w:rsid w:val="00567B22"/>
     <w:rsid w:val="00570865"/>
     <w:rsid w:val="005714FF"/>
     <w:rsid w:val="00573FB6"/>
     <w:rsid w:val="00574A92"/>
     <w:rsid w:val="00580FC7"/>
+    <w:rsid w:val="00582F60"/>
     <w:rsid w:val="00583379"/>
     <w:rsid w:val="00585B73"/>
     <w:rsid w:val="00590E7C"/>
-    <w:rsid w:val="005915B6"/>
     <w:rsid w:val="005956FE"/>
     <w:rsid w:val="00597891"/>
     <w:rsid w:val="005A1212"/>
     <w:rsid w:val="005A24DC"/>
     <w:rsid w:val="005A61AD"/>
     <w:rsid w:val="005B1333"/>
     <w:rsid w:val="005B251C"/>
     <w:rsid w:val="005B4A26"/>
     <w:rsid w:val="005C13BA"/>
     <w:rsid w:val="005C6293"/>
     <w:rsid w:val="005D1A03"/>
+    <w:rsid w:val="005D7CB0"/>
     <w:rsid w:val="005E41BC"/>
     <w:rsid w:val="005E4D86"/>
     <w:rsid w:val="005E5268"/>
     <w:rsid w:val="005F261A"/>
     <w:rsid w:val="005F3C03"/>
     <w:rsid w:val="005F52D2"/>
     <w:rsid w:val="005F6114"/>
     <w:rsid w:val="005F6BD8"/>
     <w:rsid w:val="005F7C69"/>
     <w:rsid w:val="00600EE7"/>
     <w:rsid w:val="006020BD"/>
     <w:rsid w:val="00602579"/>
     <w:rsid w:val="006110CC"/>
     <w:rsid w:val="00611297"/>
     <w:rsid w:val="00614140"/>
     <w:rsid w:val="00616BD5"/>
     <w:rsid w:val="00617208"/>
     <w:rsid w:val="00621DE1"/>
+    <w:rsid w:val="006261C1"/>
     <w:rsid w:val="0062666F"/>
     <w:rsid w:val="006272C0"/>
     <w:rsid w:val="00633318"/>
     <w:rsid w:val="00634852"/>
     <w:rsid w:val="00634BA0"/>
     <w:rsid w:val="0063730B"/>
     <w:rsid w:val="0064570E"/>
     <w:rsid w:val="0064756C"/>
     <w:rsid w:val="006477E8"/>
     <w:rsid w:val="006572BD"/>
     <w:rsid w:val="00662904"/>
     <w:rsid w:val="00663A7D"/>
     <w:rsid w:val="00664C39"/>
     <w:rsid w:val="00664EA6"/>
     <w:rsid w:val="00670A9C"/>
     <w:rsid w:val="00670F39"/>
     <w:rsid w:val="00671D5A"/>
     <w:rsid w:val="00672EE1"/>
-    <w:rsid w:val="00677A31"/>
     <w:rsid w:val="00681FBB"/>
     <w:rsid w:val="00682AA9"/>
     <w:rsid w:val="00693DC0"/>
     <w:rsid w:val="006950F4"/>
     <w:rsid w:val="00695D93"/>
     <w:rsid w:val="006A472E"/>
     <w:rsid w:val="006A5BCA"/>
     <w:rsid w:val="006A6686"/>
     <w:rsid w:val="006A9829"/>
     <w:rsid w:val="006B0A89"/>
     <w:rsid w:val="006B218F"/>
     <w:rsid w:val="006B2B45"/>
     <w:rsid w:val="006B6432"/>
     <w:rsid w:val="006B67AB"/>
     <w:rsid w:val="006B7C44"/>
+    <w:rsid w:val="006C2612"/>
     <w:rsid w:val="006C5B50"/>
     <w:rsid w:val="006C5DA3"/>
     <w:rsid w:val="006C6DFD"/>
     <w:rsid w:val="006C769B"/>
     <w:rsid w:val="006D6FF6"/>
     <w:rsid w:val="006E113F"/>
     <w:rsid w:val="006E194A"/>
     <w:rsid w:val="006E23B3"/>
     <w:rsid w:val="006E4EEC"/>
     <w:rsid w:val="006E74D1"/>
     <w:rsid w:val="006E7570"/>
     <w:rsid w:val="006E77EC"/>
     <w:rsid w:val="006F1816"/>
     <w:rsid w:val="006F1D5B"/>
     <w:rsid w:val="006F2DF6"/>
     <w:rsid w:val="006F3E23"/>
-    <w:rsid w:val="006F63CB"/>
     <w:rsid w:val="00702372"/>
     <w:rsid w:val="00702F82"/>
     <w:rsid w:val="00707B0B"/>
     <w:rsid w:val="007105F4"/>
     <w:rsid w:val="00710766"/>
     <w:rsid w:val="007117FE"/>
+    <w:rsid w:val="00713108"/>
     <w:rsid w:val="00713443"/>
     <w:rsid w:val="007140ED"/>
     <w:rsid w:val="00714E44"/>
     <w:rsid w:val="00716B55"/>
     <w:rsid w:val="00721D13"/>
     <w:rsid w:val="00723411"/>
     <w:rsid w:val="00724277"/>
     <w:rsid w:val="007251FA"/>
     <w:rsid w:val="00727772"/>
     <w:rsid w:val="0073022B"/>
     <w:rsid w:val="00730771"/>
     <w:rsid w:val="0073298A"/>
     <w:rsid w:val="00735919"/>
     <w:rsid w:val="007377AB"/>
     <w:rsid w:val="00745F0E"/>
+    <w:rsid w:val="007473F9"/>
     <w:rsid w:val="00751299"/>
     <w:rsid w:val="00753333"/>
     <w:rsid w:val="007633B2"/>
     <w:rsid w:val="00765179"/>
     <w:rsid w:val="00772FA4"/>
     <w:rsid w:val="007740A0"/>
     <w:rsid w:val="007801E8"/>
+    <w:rsid w:val="00781ACA"/>
     <w:rsid w:val="00784F6C"/>
+    <w:rsid w:val="00786DEC"/>
     <w:rsid w:val="00790775"/>
     <w:rsid w:val="007908FB"/>
     <w:rsid w:val="00791D6A"/>
     <w:rsid w:val="00793524"/>
+    <w:rsid w:val="00794153"/>
     <w:rsid w:val="00795046"/>
+    <w:rsid w:val="007963FB"/>
     <w:rsid w:val="00797829"/>
+    <w:rsid w:val="007A27CB"/>
+    <w:rsid w:val="007A4E2A"/>
     <w:rsid w:val="007A707B"/>
     <w:rsid w:val="007B18C0"/>
     <w:rsid w:val="007B3A93"/>
     <w:rsid w:val="007B5739"/>
-    <w:rsid w:val="007B7DD3"/>
     <w:rsid w:val="007C0017"/>
     <w:rsid w:val="007C0129"/>
     <w:rsid w:val="007C0FE3"/>
     <w:rsid w:val="007C10CF"/>
     <w:rsid w:val="007C1171"/>
     <w:rsid w:val="007C152E"/>
     <w:rsid w:val="007C337F"/>
     <w:rsid w:val="007C384B"/>
     <w:rsid w:val="007C6650"/>
     <w:rsid w:val="007D015B"/>
     <w:rsid w:val="007D3A16"/>
     <w:rsid w:val="007D479F"/>
     <w:rsid w:val="007D7A5F"/>
     <w:rsid w:val="007E0722"/>
     <w:rsid w:val="007E18C5"/>
     <w:rsid w:val="007E2381"/>
-    <w:rsid w:val="007E261C"/>
     <w:rsid w:val="007E4ECC"/>
     <w:rsid w:val="007E7A77"/>
     <w:rsid w:val="007E7AAC"/>
     <w:rsid w:val="007E7E43"/>
     <w:rsid w:val="007F3628"/>
     <w:rsid w:val="007F7A4B"/>
     <w:rsid w:val="00801748"/>
     <w:rsid w:val="008032F0"/>
     <w:rsid w:val="0080510F"/>
     <w:rsid w:val="008054F1"/>
     <w:rsid w:val="0080588E"/>
     <w:rsid w:val="00810432"/>
+    <w:rsid w:val="008128E3"/>
     <w:rsid w:val="00815C3A"/>
+    <w:rsid w:val="00820578"/>
     <w:rsid w:val="008243B1"/>
     <w:rsid w:val="00827F90"/>
     <w:rsid w:val="00835E88"/>
     <w:rsid w:val="0084444D"/>
     <w:rsid w:val="00844FAA"/>
     <w:rsid w:val="00845AA5"/>
     <w:rsid w:val="0084722B"/>
     <w:rsid w:val="00850397"/>
     <w:rsid w:val="00855A0B"/>
     <w:rsid w:val="00863E25"/>
     <w:rsid w:val="008652A3"/>
     <w:rsid w:val="00870C14"/>
     <w:rsid w:val="00874F07"/>
     <w:rsid w:val="00876E1A"/>
-    <w:rsid w:val="00877655"/>
     <w:rsid w:val="00877BD0"/>
     <w:rsid w:val="00884335"/>
+    <w:rsid w:val="00887A89"/>
+    <w:rsid w:val="00890229"/>
     <w:rsid w:val="00890B0C"/>
     <w:rsid w:val="008914D7"/>
     <w:rsid w:val="00891643"/>
     <w:rsid w:val="00892BCE"/>
     <w:rsid w:val="00892E1A"/>
     <w:rsid w:val="008961EC"/>
     <w:rsid w:val="008964D0"/>
     <w:rsid w:val="00897553"/>
     <w:rsid w:val="00897E28"/>
-    <w:rsid w:val="008A418E"/>
     <w:rsid w:val="008B1377"/>
     <w:rsid w:val="008B35EE"/>
     <w:rsid w:val="008B3BF6"/>
     <w:rsid w:val="008B6FD1"/>
     <w:rsid w:val="008B7930"/>
     <w:rsid w:val="008C034B"/>
     <w:rsid w:val="008C4A00"/>
     <w:rsid w:val="008C5868"/>
+    <w:rsid w:val="008C7580"/>
+    <w:rsid w:val="008C7C22"/>
     <w:rsid w:val="008D4B72"/>
     <w:rsid w:val="008D4EA6"/>
+    <w:rsid w:val="008E0F3D"/>
     <w:rsid w:val="008E37E8"/>
     <w:rsid w:val="008E44D3"/>
     <w:rsid w:val="008E4EBD"/>
     <w:rsid w:val="008E660F"/>
     <w:rsid w:val="008F594B"/>
     <w:rsid w:val="00900331"/>
     <w:rsid w:val="00900D94"/>
     <w:rsid w:val="0090324A"/>
     <w:rsid w:val="00906054"/>
     <w:rsid w:val="009115C4"/>
     <w:rsid w:val="00911FA8"/>
     <w:rsid w:val="009120DD"/>
     <w:rsid w:val="009134A2"/>
-    <w:rsid w:val="0091452B"/>
+    <w:rsid w:val="00915276"/>
     <w:rsid w:val="00920214"/>
+    <w:rsid w:val="00921B07"/>
     <w:rsid w:val="0092592E"/>
     <w:rsid w:val="009361C3"/>
     <w:rsid w:val="0093667C"/>
     <w:rsid w:val="00936963"/>
-    <w:rsid w:val="00937579"/>
     <w:rsid w:val="009402EB"/>
     <w:rsid w:val="009418B3"/>
     <w:rsid w:val="00947AEE"/>
     <w:rsid w:val="00951A6D"/>
     <w:rsid w:val="00952EBA"/>
     <w:rsid w:val="00954EF6"/>
     <w:rsid w:val="0095531E"/>
     <w:rsid w:val="00956F6C"/>
+    <w:rsid w:val="00960B4E"/>
     <w:rsid w:val="00965CAC"/>
     <w:rsid w:val="009665EA"/>
     <w:rsid w:val="00966A9B"/>
     <w:rsid w:val="00967DB8"/>
     <w:rsid w:val="00972619"/>
     <w:rsid w:val="00973B89"/>
     <w:rsid w:val="00973BB9"/>
     <w:rsid w:val="009740F9"/>
     <w:rsid w:val="00975353"/>
     <w:rsid w:val="009765C0"/>
     <w:rsid w:val="00977B4E"/>
     <w:rsid w:val="009851F7"/>
     <w:rsid w:val="009857B0"/>
     <w:rsid w:val="00985E31"/>
     <w:rsid w:val="009865C3"/>
     <w:rsid w:val="0099186F"/>
     <w:rsid w:val="00993FFC"/>
     <w:rsid w:val="00995B35"/>
     <w:rsid w:val="00995CB6"/>
     <w:rsid w:val="00996C0C"/>
     <w:rsid w:val="009A04A8"/>
     <w:rsid w:val="009A176C"/>
     <w:rsid w:val="009A1991"/>
     <w:rsid w:val="009A2A7F"/>
     <w:rsid w:val="009A5642"/>
     <w:rsid w:val="009A65EB"/>
-    <w:rsid w:val="009C4565"/>
     <w:rsid w:val="009D19B9"/>
     <w:rsid w:val="009D3AD3"/>
-    <w:rsid w:val="009D52A0"/>
     <w:rsid w:val="009D5BBB"/>
     <w:rsid w:val="009E0343"/>
+    <w:rsid w:val="009E038E"/>
     <w:rsid w:val="009F09C3"/>
     <w:rsid w:val="009F150C"/>
     <w:rsid w:val="009F3BC5"/>
     <w:rsid w:val="009F5E6E"/>
     <w:rsid w:val="009F6C7B"/>
     <w:rsid w:val="00A12B3C"/>
     <w:rsid w:val="00A25C17"/>
     <w:rsid w:val="00A278B9"/>
     <w:rsid w:val="00A40405"/>
     <w:rsid w:val="00A404AF"/>
     <w:rsid w:val="00A4226B"/>
     <w:rsid w:val="00A4390C"/>
     <w:rsid w:val="00A45679"/>
     <w:rsid w:val="00A46F60"/>
     <w:rsid w:val="00A51213"/>
     <w:rsid w:val="00A51ECE"/>
     <w:rsid w:val="00A52221"/>
     <w:rsid w:val="00A52824"/>
     <w:rsid w:val="00A551F6"/>
+    <w:rsid w:val="00A55E66"/>
     <w:rsid w:val="00A60AFA"/>
+    <w:rsid w:val="00A62EA0"/>
     <w:rsid w:val="00A64343"/>
     <w:rsid w:val="00A64E6C"/>
     <w:rsid w:val="00A67419"/>
     <w:rsid w:val="00A70CEA"/>
     <w:rsid w:val="00A82BCC"/>
     <w:rsid w:val="00A84252"/>
-    <w:rsid w:val="00A86975"/>
     <w:rsid w:val="00A9077C"/>
     <w:rsid w:val="00A96268"/>
     <w:rsid w:val="00AA00F5"/>
     <w:rsid w:val="00AA0A0C"/>
     <w:rsid w:val="00AA10D6"/>
     <w:rsid w:val="00AA3946"/>
+    <w:rsid w:val="00AA3DE8"/>
+    <w:rsid w:val="00AA66B5"/>
     <w:rsid w:val="00AB1D69"/>
     <w:rsid w:val="00AB251A"/>
     <w:rsid w:val="00AB30FA"/>
     <w:rsid w:val="00AB3B7E"/>
     <w:rsid w:val="00AB7525"/>
     <w:rsid w:val="00AC204E"/>
-    <w:rsid w:val="00AC409C"/>
     <w:rsid w:val="00AC5BAC"/>
     <w:rsid w:val="00AD00DF"/>
     <w:rsid w:val="00AD15FB"/>
     <w:rsid w:val="00AD1AC5"/>
     <w:rsid w:val="00AD1D16"/>
     <w:rsid w:val="00AD26DC"/>
     <w:rsid w:val="00AD2B1D"/>
     <w:rsid w:val="00AD3CBA"/>
     <w:rsid w:val="00AD516D"/>
     <w:rsid w:val="00AD523F"/>
     <w:rsid w:val="00AD7139"/>
     <w:rsid w:val="00AE3E33"/>
     <w:rsid w:val="00AE5C0E"/>
     <w:rsid w:val="00AF372F"/>
     <w:rsid w:val="00AF508E"/>
     <w:rsid w:val="00AF6BC5"/>
     <w:rsid w:val="00AF6D8E"/>
-    <w:rsid w:val="00AF7B15"/>
     <w:rsid w:val="00B01D04"/>
     <w:rsid w:val="00B038E6"/>
     <w:rsid w:val="00B05025"/>
     <w:rsid w:val="00B05C76"/>
     <w:rsid w:val="00B12A19"/>
     <w:rsid w:val="00B131CB"/>
     <w:rsid w:val="00B13667"/>
+    <w:rsid w:val="00B13FA2"/>
     <w:rsid w:val="00B14AF8"/>
     <w:rsid w:val="00B16E8C"/>
     <w:rsid w:val="00B178EA"/>
     <w:rsid w:val="00B22CDE"/>
     <w:rsid w:val="00B23FD8"/>
     <w:rsid w:val="00B256E7"/>
     <w:rsid w:val="00B26822"/>
     <w:rsid w:val="00B316EE"/>
     <w:rsid w:val="00B34CCA"/>
     <w:rsid w:val="00B40886"/>
     <w:rsid w:val="00B418F3"/>
     <w:rsid w:val="00B51662"/>
     <w:rsid w:val="00B51FE7"/>
     <w:rsid w:val="00B55029"/>
-    <w:rsid w:val="00B55ECC"/>
-    <w:rsid w:val="00B57476"/>
     <w:rsid w:val="00B65D2E"/>
     <w:rsid w:val="00B678E6"/>
-    <w:rsid w:val="00B7329F"/>
     <w:rsid w:val="00B7482B"/>
     <w:rsid w:val="00B74CFF"/>
     <w:rsid w:val="00B74E92"/>
     <w:rsid w:val="00B8145D"/>
-    <w:rsid w:val="00B81832"/>
     <w:rsid w:val="00B83860"/>
     <w:rsid w:val="00B84C49"/>
+    <w:rsid w:val="00B851CA"/>
+    <w:rsid w:val="00B85390"/>
     <w:rsid w:val="00B86695"/>
     <w:rsid w:val="00B87110"/>
+    <w:rsid w:val="00B87AB6"/>
     <w:rsid w:val="00B953D3"/>
     <w:rsid w:val="00B95C2F"/>
+    <w:rsid w:val="00B96B93"/>
     <w:rsid w:val="00BA0431"/>
     <w:rsid w:val="00BA0DED"/>
     <w:rsid w:val="00BA2E28"/>
     <w:rsid w:val="00BA61F8"/>
     <w:rsid w:val="00BB14A8"/>
     <w:rsid w:val="00BC0CF6"/>
-    <w:rsid w:val="00BC4DB9"/>
     <w:rsid w:val="00BC61E2"/>
     <w:rsid w:val="00BC6500"/>
     <w:rsid w:val="00BC6FFF"/>
     <w:rsid w:val="00BD1D04"/>
     <w:rsid w:val="00BD22D5"/>
     <w:rsid w:val="00BD29FE"/>
+    <w:rsid w:val="00BE20C4"/>
     <w:rsid w:val="00BE2A65"/>
     <w:rsid w:val="00BE42DE"/>
     <w:rsid w:val="00BE4FA7"/>
     <w:rsid w:val="00BF17A7"/>
     <w:rsid w:val="00BF2C04"/>
     <w:rsid w:val="00BF349E"/>
+    <w:rsid w:val="00BF37F4"/>
     <w:rsid w:val="00BF7198"/>
     <w:rsid w:val="00BF7F29"/>
     <w:rsid w:val="00C03988"/>
     <w:rsid w:val="00C04668"/>
     <w:rsid w:val="00C0586F"/>
     <w:rsid w:val="00C05D57"/>
     <w:rsid w:val="00C104B2"/>
     <w:rsid w:val="00C1151A"/>
     <w:rsid w:val="00C11B0F"/>
     <w:rsid w:val="00C15212"/>
     <w:rsid w:val="00C17951"/>
     <w:rsid w:val="00C210FF"/>
     <w:rsid w:val="00C230AF"/>
     <w:rsid w:val="00C24852"/>
     <w:rsid w:val="00C25331"/>
     <w:rsid w:val="00C25E66"/>
+    <w:rsid w:val="00C3498A"/>
     <w:rsid w:val="00C364EB"/>
     <w:rsid w:val="00C37A34"/>
     <w:rsid w:val="00C37E5D"/>
     <w:rsid w:val="00C40246"/>
     <w:rsid w:val="00C4227A"/>
     <w:rsid w:val="00C42435"/>
     <w:rsid w:val="00C42E79"/>
     <w:rsid w:val="00C43D6E"/>
-    <w:rsid w:val="00C44C89"/>
     <w:rsid w:val="00C46121"/>
     <w:rsid w:val="00C475D8"/>
     <w:rsid w:val="00C54FCE"/>
     <w:rsid w:val="00C55150"/>
     <w:rsid w:val="00C579FB"/>
     <w:rsid w:val="00C61FE0"/>
     <w:rsid w:val="00C634F5"/>
     <w:rsid w:val="00C64CFD"/>
     <w:rsid w:val="00C67D45"/>
+    <w:rsid w:val="00C72A48"/>
     <w:rsid w:val="00C734EA"/>
     <w:rsid w:val="00C73A30"/>
     <w:rsid w:val="00C73BFF"/>
     <w:rsid w:val="00C74EBC"/>
-    <w:rsid w:val="00C75536"/>
+    <w:rsid w:val="00C76865"/>
+    <w:rsid w:val="00C84529"/>
     <w:rsid w:val="00C86B34"/>
     <w:rsid w:val="00C86C9B"/>
     <w:rsid w:val="00C87D95"/>
     <w:rsid w:val="00C9305E"/>
     <w:rsid w:val="00C93675"/>
     <w:rsid w:val="00C94059"/>
     <w:rsid w:val="00C974B3"/>
     <w:rsid w:val="00CA0AD5"/>
     <w:rsid w:val="00CA27B0"/>
+    <w:rsid w:val="00CA2C39"/>
     <w:rsid w:val="00CA2C74"/>
     <w:rsid w:val="00CA300C"/>
     <w:rsid w:val="00CA3ADD"/>
     <w:rsid w:val="00CA5311"/>
     <w:rsid w:val="00CB406E"/>
     <w:rsid w:val="00CB5635"/>
     <w:rsid w:val="00CB6F27"/>
     <w:rsid w:val="00CB783D"/>
     <w:rsid w:val="00CC0E08"/>
     <w:rsid w:val="00CC289B"/>
     <w:rsid w:val="00CC5F39"/>
     <w:rsid w:val="00CC6779"/>
     <w:rsid w:val="00CC678D"/>
     <w:rsid w:val="00CC78A2"/>
     <w:rsid w:val="00CD27BA"/>
     <w:rsid w:val="00CD4A13"/>
     <w:rsid w:val="00CD4DDC"/>
     <w:rsid w:val="00CE5846"/>
     <w:rsid w:val="00CE7C9A"/>
     <w:rsid w:val="00CF0C80"/>
     <w:rsid w:val="00CF118E"/>
     <w:rsid w:val="00CF1E63"/>
+    <w:rsid w:val="00CF39B3"/>
     <w:rsid w:val="00CF7AF0"/>
     <w:rsid w:val="00D04840"/>
     <w:rsid w:val="00D05A7C"/>
     <w:rsid w:val="00D06A11"/>
     <w:rsid w:val="00D10011"/>
     <w:rsid w:val="00D11DCE"/>
     <w:rsid w:val="00D13B38"/>
     <w:rsid w:val="00D13F4B"/>
+    <w:rsid w:val="00D14B2F"/>
     <w:rsid w:val="00D177A8"/>
     <w:rsid w:val="00D17C08"/>
     <w:rsid w:val="00D231DD"/>
     <w:rsid w:val="00D235CE"/>
     <w:rsid w:val="00D30E63"/>
     <w:rsid w:val="00D36F93"/>
     <w:rsid w:val="00D37B9A"/>
-    <w:rsid w:val="00D4123C"/>
     <w:rsid w:val="00D41C7C"/>
     <w:rsid w:val="00D42460"/>
     <w:rsid w:val="00D4254D"/>
     <w:rsid w:val="00D464B5"/>
     <w:rsid w:val="00D50441"/>
     <w:rsid w:val="00D522D3"/>
     <w:rsid w:val="00D532C0"/>
     <w:rsid w:val="00D578C8"/>
     <w:rsid w:val="00D6012C"/>
     <w:rsid w:val="00D612E3"/>
     <w:rsid w:val="00D63851"/>
     <w:rsid w:val="00D640BE"/>
+    <w:rsid w:val="00D66510"/>
     <w:rsid w:val="00D74BBE"/>
     <w:rsid w:val="00D83218"/>
     <w:rsid w:val="00D841AD"/>
     <w:rsid w:val="00D875FE"/>
+    <w:rsid w:val="00D913E5"/>
+    <w:rsid w:val="00D92411"/>
     <w:rsid w:val="00D92FF1"/>
     <w:rsid w:val="00D9381D"/>
     <w:rsid w:val="00D95750"/>
     <w:rsid w:val="00D96509"/>
     <w:rsid w:val="00D96D0D"/>
     <w:rsid w:val="00DA286B"/>
     <w:rsid w:val="00DA410F"/>
     <w:rsid w:val="00DA59FF"/>
     <w:rsid w:val="00DB62BC"/>
     <w:rsid w:val="00DB6753"/>
     <w:rsid w:val="00DC2EA1"/>
     <w:rsid w:val="00DC3E96"/>
     <w:rsid w:val="00DC56F6"/>
     <w:rsid w:val="00DC65B1"/>
+    <w:rsid w:val="00DD32B0"/>
     <w:rsid w:val="00DE3C34"/>
     <w:rsid w:val="00DE49B6"/>
     <w:rsid w:val="00DE5E11"/>
     <w:rsid w:val="00DE5FF6"/>
     <w:rsid w:val="00DF45B2"/>
     <w:rsid w:val="00E00149"/>
     <w:rsid w:val="00E012CB"/>
     <w:rsid w:val="00E016E1"/>
-    <w:rsid w:val="00E07B5D"/>
     <w:rsid w:val="00E07CD2"/>
     <w:rsid w:val="00E12354"/>
+    <w:rsid w:val="00E132FD"/>
     <w:rsid w:val="00E139AD"/>
     <w:rsid w:val="00E1585B"/>
     <w:rsid w:val="00E2030C"/>
     <w:rsid w:val="00E21446"/>
     <w:rsid w:val="00E22F6A"/>
+    <w:rsid w:val="00E249D8"/>
     <w:rsid w:val="00E25A58"/>
     <w:rsid w:val="00E33977"/>
     <w:rsid w:val="00E35B61"/>
-    <w:rsid w:val="00E37994"/>
     <w:rsid w:val="00E43F8E"/>
     <w:rsid w:val="00E449CF"/>
     <w:rsid w:val="00E45B3A"/>
     <w:rsid w:val="00E53B02"/>
+    <w:rsid w:val="00E57194"/>
     <w:rsid w:val="00E5789F"/>
     <w:rsid w:val="00E6004E"/>
     <w:rsid w:val="00E6068A"/>
     <w:rsid w:val="00E60E5A"/>
     <w:rsid w:val="00E61CDD"/>
     <w:rsid w:val="00E64E98"/>
     <w:rsid w:val="00E70043"/>
     <w:rsid w:val="00E71330"/>
+    <w:rsid w:val="00E74295"/>
     <w:rsid w:val="00E7518C"/>
     <w:rsid w:val="00E75451"/>
     <w:rsid w:val="00E763EB"/>
     <w:rsid w:val="00E807C2"/>
     <w:rsid w:val="00E80BCE"/>
     <w:rsid w:val="00E82022"/>
     <w:rsid w:val="00E822D8"/>
     <w:rsid w:val="00E832A1"/>
     <w:rsid w:val="00E864F4"/>
+    <w:rsid w:val="00E9007B"/>
+    <w:rsid w:val="00E9316B"/>
     <w:rsid w:val="00E936C8"/>
     <w:rsid w:val="00E93903"/>
     <w:rsid w:val="00E95C5B"/>
     <w:rsid w:val="00E9751E"/>
     <w:rsid w:val="00EA6BA4"/>
     <w:rsid w:val="00EB048A"/>
     <w:rsid w:val="00EB24B2"/>
     <w:rsid w:val="00EB2A41"/>
     <w:rsid w:val="00EB503C"/>
     <w:rsid w:val="00EC1CC4"/>
     <w:rsid w:val="00EC2D5E"/>
     <w:rsid w:val="00EC37A3"/>
+    <w:rsid w:val="00EC4BFC"/>
     <w:rsid w:val="00EC5131"/>
     <w:rsid w:val="00EC63BD"/>
     <w:rsid w:val="00EC7E2B"/>
+    <w:rsid w:val="00ED087C"/>
     <w:rsid w:val="00EE5878"/>
     <w:rsid w:val="00EE5B0A"/>
     <w:rsid w:val="00EE65F3"/>
     <w:rsid w:val="00EE7CE7"/>
     <w:rsid w:val="00EE7E2B"/>
     <w:rsid w:val="00EF2BEC"/>
     <w:rsid w:val="00EF452B"/>
     <w:rsid w:val="00EF4899"/>
+    <w:rsid w:val="00EF6869"/>
     <w:rsid w:val="00F00EDA"/>
     <w:rsid w:val="00F028EB"/>
-    <w:rsid w:val="00F02CE4"/>
     <w:rsid w:val="00F04B97"/>
     <w:rsid w:val="00F04E5D"/>
     <w:rsid w:val="00F05470"/>
     <w:rsid w:val="00F06FB4"/>
-    <w:rsid w:val="00F07F43"/>
     <w:rsid w:val="00F21535"/>
     <w:rsid w:val="00F25922"/>
     <w:rsid w:val="00F27112"/>
     <w:rsid w:val="00F316D6"/>
     <w:rsid w:val="00F3268D"/>
     <w:rsid w:val="00F344A2"/>
     <w:rsid w:val="00F35EEC"/>
+    <w:rsid w:val="00F3699B"/>
     <w:rsid w:val="00F36DA9"/>
-    <w:rsid w:val="00F41D6B"/>
     <w:rsid w:val="00F42AFA"/>
     <w:rsid w:val="00F4376C"/>
     <w:rsid w:val="00F45501"/>
     <w:rsid w:val="00F50D55"/>
     <w:rsid w:val="00F51D43"/>
     <w:rsid w:val="00F5226F"/>
     <w:rsid w:val="00F5266F"/>
     <w:rsid w:val="00F556E0"/>
     <w:rsid w:val="00F55D44"/>
     <w:rsid w:val="00F60846"/>
     <w:rsid w:val="00F613D0"/>
     <w:rsid w:val="00F632A4"/>
     <w:rsid w:val="00F665FB"/>
+    <w:rsid w:val="00F6732B"/>
     <w:rsid w:val="00F701C8"/>
     <w:rsid w:val="00F73F36"/>
     <w:rsid w:val="00F74C97"/>
     <w:rsid w:val="00F7691A"/>
-    <w:rsid w:val="00F80233"/>
     <w:rsid w:val="00F803BC"/>
     <w:rsid w:val="00F816D2"/>
     <w:rsid w:val="00F82CD4"/>
     <w:rsid w:val="00F83731"/>
     <w:rsid w:val="00F8503F"/>
     <w:rsid w:val="00F95558"/>
     <w:rsid w:val="00F96EAB"/>
     <w:rsid w:val="00FA1E89"/>
     <w:rsid w:val="00FA402F"/>
     <w:rsid w:val="00FA75E3"/>
     <w:rsid w:val="00FB0C86"/>
+    <w:rsid w:val="00FB5E6A"/>
     <w:rsid w:val="00FB7052"/>
     <w:rsid w:val="00FC4DD7"/>
     <w:rsid w:val="00FD2C3B"/>
+    <w:rsid w:val="00FE1333"/>
     <w:rsid w:val="00FE2DA6"/>
     <w:rsid w:val="00FE353A"/>
     <w:rsid w:val="00FE407C"/>
     <w:rsid w:val="00FE4B90"/>
     <w:rsid w:val="00FF0711"/>
     <w:rsid w:val="00FF1108"/>
     <w:rsid w:val="00FF34E8"/>
     <w:rsid w:val="00FF6437"/>
     <w:rsid w:val="010E7444"/>
     <w:rsid w:val="013BBB1A"/>
     <w:rsid w:val="0152BC64"/>
     <w:rsid w:val="030D4B61"/>
     <w:rsid w:val="035F59DA"/>
     <w:rsid w:val="0464AFB1"/>
     <w:rsid w:val="051D3D6B"/>
-    <w:rsid w:val="052D0770"/>
     <w:rsid w:val="06446668"/>
     <w:rsid w:val="086DDC28"/>
     <w:rsid w:val="08F43D36"/>
     <w:rsid w:val="09BF1D7A"/>
     <w:rsid w:val="11991FA3"/>
     <w:rsid w:val="13B9D3A6"/>
     <w:rsid w:val="1602A9A3"/>
     <w:rsid w:val="180E600C"/>
     <w:rsid w:val="1E6337CD"/>
     <w:rsid w:val="1E7C1771"/>
     <w:rsid w:val="1FDC7BBA"/>
     <w:rsid w:val="209D4EDC"/>
     <w:rsid w:val="20CD85B1"/>
     <w:rsid w:val="20DC1E77"/>
     <w:rsid w:val="2236F3F2"/>
     <w:rsid w:val="2289DE03"/>
     <w:rsid w:val="2425AE64"/>
     <w:rsid w:val="246BAC0A"/>
     <w:rsid w:val="277EE8CA"/>
     <w:rsid w:val="28F91F87"/>
     <w:rsid w:val="2CA7B7AD"/>
     <w:rsid w:val="2D65DC48"/>
     <w:rsid w:val="2D88289A"/>
     <w:rsid w:val="2F9256FF"/>
     <w:rsid w:val="309D3FA1"/>
+    <w:rsid w:val="30C4CF82"/>
     <w:rsid w:val="32746795"/>
     <w:rsid w:val="328A1BEF"/>
     <w:rsid w:val="32D2F39C"/>
     <w:rsid w:val="33691B8A"/>
     <w:rsid w:val="3599D975"/>
     <w:rsid w:val="36258DBB"/>
     <w:rsid w:val="36BA8F52"/>
     <w:rsid w:val="38565FB3"/>
     <w:rsid w:val="3C77D0AE"/>
     <w:rsid w:val="3CC62610"/>
+    <w:rsid w:val="3F843FE7"/>
     <w:rsid w:val="3FF7A71B"/>
-    <w:rsid w:val="42DC0088"/>
+    <w:rsid w:val="44EC6836"/>
+    <w:rsid w:val="45A55693"/>
     <w:rsid w:val="46890DB6"/>
     <w:rsid w:val="48317252"/>
     <w:rsid w:val="48C191E6"/>
+    <w:rsid w:val="48DD38C4"/>
     <w:rsid w:val="48FF20B9"/>
     <w:rsid w:val="49BAA85C"/>
     <w:rsid w:val="4BAF3AB2"/>
     <w:rsid w:val="4C112082"/>
     <w:rsid w:val="4CB10819"/>
     <w:rsid w:val="4CF9C628"/>
     <w:rsid w:val="4D7DB644"/>
     <w:rsid w:val="4ED8065B"/>
     <w:rsid w:val="4F4132E5"/>
     <w:rsid w:val="50BD2E61"/>
     <w:rsid w:val="51BF2C3B"/>
     <w:rsid w:val="51CCD0A5"/>
     <w:rsid w:val="54952BCC"/>
     <w:rsid w:val="5593C6B2"/>
     <w:rsid w:val="5674B983"/>
     <w:rsid w:val="570F7154"/>
     <w:rsid w:val="58E4B90E"/>
     <w:rsid w:val="5A19A9B2"/>
     <w:rsid w:val="5BF0FB98"/>
     <w:rsid w:val="5D114BB3"/>
     <w:rsid w:val="5E4ED38B"/>
     <w:rsid w:val="5ED85BC7"/>
     <w:rsid w:val="5FC85E55"/>
     <w:rsid w:val="60742C28"/>
     <w:rsid w:val="618D0AAA"/>
-    <w:rsid w:val="628181D4"/>
     <w:rsid w:val="6288AF0A"/>
     <w:rsid w:val="6514DE4D"/>
     <w:rsid w:val="65479D4B"/>
     <w:rsid w:val="65A6D979"/>
     <w:rsid w:val="672ECED2"/>
     <w:rsid w:val="67D7309F"/>
     <w:rsid w:val="69BE137A"/>
     <w:rsid w:val="6A450462"/>
     <w:rsid w:val="6BD695A2"/>
     <w:rsid w:val="6D7F7ADC"/>
     <w:rsid w:val="6E216CF3"/>
     <w:rsid w:val="6FB7994E"/>
     <w:rsid w:val="6FD2F752"/>
     <w:rsid w:val="7164EA88"/>
     <w:rsid w:val="71EB73CF"/>
     <w:rsid w:val="7391CC04"/>
     <w:rsid w:val="740E3E08"/>
     <w:rsid w:val="743C92D7"/>
     <w:rsid w:val="7597E7D9"/>
     <w:rsid w:val="77054579"/>
     <w:rsid w:val="792232FF"/>
     <w:rsid w:val="7D32F766"/>
     <w:rsid w:val="7D8FE7C2"/>
     <w:rsid w:val="7ECEC7C7"/>
     <w:rsid w:val="7F35B432"/>
     <w:rsid w:val="7F6CA770"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="16F4481E"/>
-  <w15:docId w15:val="{4F04B25E-22F3-4871-AE87-8EF6CD463333}"/>
+  <w15:docId w15:val="{99D8EC56-D74E-4858-8A22-8CE75F363DA6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sl-SI" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14390,51 +14456,51 @@
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14725,50 +14791,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00781ACA"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DA410F"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
@@ -14880,51 +14947,53 @@
     <w:name w:val="Text 1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Text1Char"/>
     <w:rsid w:val="00DA410F"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="850"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Text1Char">
     <w:name w:val="Text 1 Char"/>
     <w:link w:val="Text1"/>
     <w:rsid w:val="00DA410F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="sl-SI" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
-    <w:semiHidden/>
+    <w:aliases w:val="Footnote symbol,Footnote,Voetnootverwijzing,Footnote number,fr,o,Footnotemark,FR,Footnotemark1,Footnotemark2,FR1,Footnotemark3,FR2,Footnotemark4,FR3,Footnotemark5,FR4,Footnotemark6,Footnotemark7,Footnotemark8,FR5,Footnotemark11,F,SUPE"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
     <w:rsid w:val="00DA410F"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:semiHidden/>
     <w:rsid w:val="00DA410F"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:aliases w:val="List Bullet Char,List Bullet Char1 Char,List Bullet Char Char Char,List Bullet Char1 Char Char Char,List Bullet Char Char Char Char Char,List Bullet Char Char1,List Bullet Char1 Char Char1,List Bullet Char Char Char Char1"/>
     <w:basedOn w:val="Normal"/>
@@ -15127,51 +15196,51 @@
     <w:rsid w:val="00730771"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00730771"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CB5635"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="sl-SI" w:eastAsia="de-DE"/>
+      <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00CB5635"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="24"/>
       <w:lang w:val="sl-SI" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00060716"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
@@ -15391,50 +15460,62 @@
       </w:tabs>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:ind w:left="1077"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Text2Char1">
     <w:name w:val="Text 2 Char1"/>
     <w:link w:val="Text2"/>
     <w:rsid w:val="00FA1E89"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="001D72E4"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0008506D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="182594990">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="388579986">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -15532,52 +15613,52 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111926410">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esignature.ec.europa.eu/efda/tl-browser/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanctionsmap.eu/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanctionsmap.eu/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esignature.ec.europa.eu/efda/tl-browser/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15851,124 +15932,133 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-[...1 lines deleted...]
-    <TaxCatchAll xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5" xsi:nil="true"/>
+    <RelatedPages xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5" xsi:nil="true"/>
     <mf7baa9dfe8e4a7198e2ed7ac40a28e9 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
         </TermInfo>
       </Terms>
     </mf7baa9dfe8e4a7198e2ed7ac40a28e9>
     <b80065262d6b4269adfaf5df5be40397 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Procurement</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">cbaf08e6-4c36-47f0-9529-16dc4889209a</TermId>
         </TermInfo>
       </Terms>
     </b80065262d6b4269adfaf5df5be40397>
     <m21479ae9ad94758901be18b2b5835f2 xmlns="709adcc9-ab81-486f-827d-c1c5fd362e71">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
         </TermInfo>
       </Terms>
     </m21479ae9ad94758901be18b2b5835f2>
     <l03f6647080a4ed1999d96e73aa3c355 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">BUDG.E.2</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">5dceb2d7-c9f5-4739-a087-de38c229e979</TermId>
         </TermInfo>
       </Terms>
     </l03f6647080a4ed1999d96e73aa3c355>
     <oabdf6842dc340c29682f122bede3128 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Implementation instruments</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ab98260c-215e-48ff-a9c7-5b9eab89452a</TermId>
         </TermInfo>
       </Terms>
     </oabdf6842dc340c29682f122bede3128>
     <Notes xmlns="709adcc9-ab81-486f-827d-c1c5fd362e71" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <l386a31364e24d3dbc8e007a1dd34657 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">EUIBAs</TermName>
-          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">916e17ef-be4d-4f91-83bb-ce2934b42185</TermId>
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
         </TermInfo>
       </Terms>
     </l386a31364e24d3dbc8e007a1dd34657>
     <c20ba6713aee47169a86fa6de1a28713 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">LEGAL FRAMEWORK</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">9afda264-c8b9-45ff-9bb8-61ede7f6cb10</TermId>
         </TermInfo>
       </Terms>
     </c20ba6713aee47169a86fa6de1a28713>
-    <RelatedPages xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
+      <Value>1690</Value>
+      <Value>1691</Value>
+      <Value>122</Value>
+      <Value>1708</Value>
+    </TaxCatchAll>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="d3c1eb4e-7577-42ef-991f-7d064735e0e5" xmlns:ns3="709adcc9-ab81-486f-827d-c1c5fd362e71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="327626fac2959ca89f7e1a4eb6e3b34d" ns1:_="" ns2:_="" ns3:_="">
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010074388D2DB7B9A549BEDEA63191CFE647" ma:contentTypeVersion="46" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e836202efd29cace7c2fabec502365a7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="d3c1eb4e-7577-42ef-991f-7d064735e0e5" xmlns:ns3="709adcc9-ab81-486f-827d-c1c5fd362e71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9e6f9e247516d9cb950c3bd405bfef73" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="d3c1eb4e-7577-42ef-991f-7d064735e0e5"/>
     <xsd:import namespace="709adcc9-ab81-486f-827d-c1c5fd362e71"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:c20ba6713aee47169a86fa6de1a28713" minOccurs="0"/>
                 <xsd:element ref="ns2:oabdf6842dc340c29682f122bede3128" minOccurs="0"/>
                 <xsd:element ref="ns2:b80065262d6b4269adfaf5df5be40397" minOccurs="0"/>
                 <xsd:element ref="ns2:l03f6647080a4ed1999d96e73aa3c355" minOccurs="0"/>
                 <xsd:element ref="ns2:l386a31364e24d3dbc8e007a1dd34657" minOccurs="0"/>
                 <xsd:element ref="ns2:mf7baa9dfe8e4a7198e2ed7ac40a28e9" minOccurs="0"/>
                 <xsd:element ref="ns3:m21479ae9ad94758901be18b2b5835f2" minOccurs="0"/>
                 <xsd:element ref="ns3:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedPages" minOccurs="0"/>
@@ -15986,79 +16076,79 @@
     <xsd:element name="PublishingStartDate" ma:index="4" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:hidden="true" ma:internalName="PublishingStartDate" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="PublishingExpirationDate" ma:index="5" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:hidden="true" ma:internalName="PublishingExpirationDate" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c1eb4e-7577-42ef-991f-7d064735e0e5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{9449b80f-f7fb-4b75-8bcd-2fe6d1686fdc}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="c20ba6713aee47169a86fa6de1a28713" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="c20ba6713aee47169a86fa6de1a28713" ma:taxonomyFieldName="Pillar" ma:displayName="Pillar" ma:default="1;#LEGAL FRAMEWORK|9afda264-c8b9-45ff-9bb8-61ede7f6cb10" ma:fieldId="{c20ba671-3aee-4716-9a86-fa6de1a28713}" ma:sspId="22b2fad6-9d2c-441c-a321-3f5f1e9bd928" ma:termSetId="92a6bb3b-e828-48bd-9176-1d790867ba76" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+    <xsd:element name="c20ba6713aee47169a86fa6de1a28713" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="c20ba6713aee47169a86fa6de1a28713" ma:taxonomyFieldName="Pillar" ma:displayName="Pillar" ma:default="122;#LEGAL FRAMEWORK|9afda264-c8b9-45ff-9bb8-61ede7f6cb10" ma:fieldId="{c20ba671-3aee-4716-9a86-fa6de1a28713}" ma:sspId="22b2fad6-9d2c-441c-a321-3f5f1e9bd928" ma:termSetId="92a6bb3b-e828-48bd-9176-1d790867ba76" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="oabdf6842dc340c29682f122bede3128" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="oabdf6842dc340c29682f122bede3128" ma:taxonomyFieldName="BUDGpediaBranch" ma:displayName="Branch" ma:default="1;#Implementation instruments|ab98260c-215e-48ff-a9c7-5b9eab89452a" ma:fieldId="{8abdf684-2dc3-40c2-9682-f122bede3128}" ma:sspId="22b2fad6-9d2c-441c-a321-3f5f1e9bd928" ma:termSetId="92a6bb3b-e828-48bd-9176-1d790867ba76" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="b80065262d6b4269adfaf5df5be40397" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="b80065262d6b4269adfaf5df5be40397" ma:taxonomyFieldName="BUDGpediaParentPage" ma:displayName="Subbranch" ma:default="1;#Procurement|cbaf08e6-4c36-47f0-9529-16dc4889209a" ma:fieldId="{b8006526-2d6b-4269-adfa-f5df5be40397}" ma:sspId="22b2fad6-9d2c-441c-a321-3f5f1e9bd928" ma:termSetId="92a6bb3b-e828-48bd-9176-1d790867ba76" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="l03f6647080a4ed1999d96e73aa3c355" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="l03f6647080a4ed1999d96e73aa3c355" ma:taxonomyFieldName="OwnerUnit" ma:displayName="OwnerUnit" ma:default="1;#BUDG.E.2|5dceb2d7-c9f5-4739-a087-de38c229e979" ma:fieldId="{503f6647-080a-4ed1-999d-96e73aa3c355}" ma:sspId="22b2fad6-9d2c-441c-a321-3f5f1e9bd928" ma:termSetId="8ed8c9ea-7052-4c1d-a4d7-b9c10bffea6f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="l386a31364e24d3dbc8e007a1dd34657" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="l386a31364e24d3dbc8e007a1dd34657" ma:taxonomyFieldName="BUDGpediaAccessLevel" ma:displayName="AccessLevel" ma:default="" ma:fieldId="{5386a313-64e2-4d3d-bc8e-007a1dd34657}" ma:sspId="22b2fad6-9d2c-441c-a321-3f5f1e9bd928" ma:termSetId="a56d6d4c-71c0-478f-8b04-ce289ee6feb7" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+    <xsd:element name="l386a31364e24d3dbc8e007a1dd34657" ma:index="24" nillable="true" ma:taxonomy="true" ma:internalName="l386a31364e24d3dbc8e007a1dd34657" ma:taxonomyFieldName="BUDGpediaAccessLevel" ma:displayName="AccessLevel" ma:default="1;#EU institutions, bodies ＆ agencies|916e17ef-be4d-4f91-83bb-ce2934b42185" ma:fieldId="{5386a313-64e2-4d3d-bc8e-007a1dd34657}" ma:sspId="22b2fad6-9d2c-441c-a321-3f5f1e9bd928" ma:termSetId="a56d6d4c-71c0-478f-8b04-ce289ee6feb7" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="mf7baa9dfe8e4a7198e2ed7ac40a28e9" ma:index="26" nillable="true" ma:taxonomy="true" ma:internalName="mf7baa9dfe8e4a7198e2ed7ac40a28e9" ma:taxonomyFieldName="BUDGpediaDocumentNature" ma:displayName="DocumentNature" ma:readOnly="false" ma:default="" ma:fieldId="{6f7baa9d-fe8e-4a71-98e2-ed7ac40a28e9}" ma:taxonomyMulti="true" ma:sspId="22b2fad6-9d2c-441c-a321-3f5f1e9bd928" ma:termSetId="a50c6aa5-45e4-464a-a842-2ef0859db56c" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="RelatedPages" ma:index="30" nillable="true" ma:displayName="BUDGpediaRelatedPages" ma:description="Related Pages looup multi by title" ma:list="{7fc0d237-8cc0-477e-a443-3142de50dacf}" ma:internalName="RelatedPages" ma:showField="Title" ma:web="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="RelatedPages_x003a_ID" ma:index="31" nillable="true" ma:displayName="RelatedPages:ID" ma:list="{7fc0d237-8cc0-477e-a443-3142de50dacf}" ma:internalName="RelatedPages_x003A_ID" ma:readOnly="true" ma:showField="ID" ma:web="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
@@ -16188,147 +16278,201 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FEC6A05-3D1C-498D-89E6-DD5CCEBC6C77}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC78E283-07B6-4677-B0CA-86BCC92994C6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE8DF1CF-2FCC-479D-9B01-C172A8068A0F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="709adcc9-ab81-486f-827d-c1c5fd362e71"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5326290-4D62-4E0F-9A37-0361B4115CEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20EDF5F5-2D0C-4CEA-9704-33E2A6A3B8A6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC78E283-07B6-4677-B0CA-86BCC92994C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="709adcc9-ab81-486f-827d-c1c5fd362e71"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="d3c1eb4e-7577-42ef-991f-7d064735e0e5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE8DF1CF-2FCC-479D-9B01-C172A8068A0F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22C90C8E-3AFF-4A99-A29F-A8112218EA81}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="d3c1eb4e-7577-42ef-991f-7d064735e0e5"/>
+    <ds:schemaRef ds:uri="709adcc9-ab81-486f-827d-c1c5fd362e71"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>20142</Characters>
+  <Pages>10</Pages>
+  <Words>3285</Words>
+  <Characters>20988</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>47</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>583</Lines>
+  <Paragraphs>356</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>European Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23628</CharactersWithSpaces>
+  <CharactersWithSpaces>23917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="12" baseType="variant">
+    <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>6160473</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>285</vt:i4>
+        <vt:i4>300</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://esignature.ec.europa.eu/efda/tl-browser/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>/screen/home</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6619252</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>282</vt:i4>
+        <vt:i4>297</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6553645</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>276</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.sanctionsmap.eu/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966145</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.sanctionsmap.eu/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>/main</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Model Declaration on Honour</dc:title>
   <dc:subject/>
   <dc:creator>JanSaloni</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
@@ -16340,36 +16484,48 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>6b9512d5-527b-4647-b14e-5fb075866ffa</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_SetDate">
     <vt:lpwstr>2022-01-27T20:45:54Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_Name">
     <vt:lpwstr>Commission Use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_SiteId">
     <vt:lpwstr>b24c8b06-522c-46fe-9080-70926f8dddb1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_ActionId">
     <vt:lpwstr>63e04f9b-613e-49a6-b881-46030ecf5e2a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="BUDGPedia_Categories">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="BUDGpediaBranch">
+    <vt:lpwstr>1691;#Implementation instruments|ab98260c-215e-48ff-a9c7-5b9eab89452a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="BUDGpediaAccessLevel">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="BUDGPedia-Structure">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="BUDGpediaParentPage">
+    <vt:lpwstr>1708;#Procurement|cbaf08e6-4c36-47f0-9529-16dc4889209a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="BUDGpediaDocumentNature">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="BUDGPedia_x002d_Structure">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="OwnerUnit">
+    <vt:lpwstr>1690;#BUDG.E.2|5dceb2d7-c9f5-4739-a087-de38c229e979</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Language">
     <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Pillar">
+    <vt:lpwstr>122;#LEGAL FRAMEWORK|9afda264-c8b9-45ff-9bb8-61ede7f6cb10</vt:lpwstr>
   </property>
 </Properties>
 </file>