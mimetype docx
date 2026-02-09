--- v0 (2025-12-11)
+++ v1 (2026-02-09)
@@ -14,10532 +14,10146 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="16F4481E" w14:textId="279B5F86" w:rsidR="00DA410F" w:rsidRPr="00370A7F" w:rsidRDefault="00DA410F" w:rsidP="00370A7F">
+    <w:p w14:paraId="16F4481E" w14:textId="3CE20F2C" w:rsidR="00DA410F" w:rsidRPr="00563F92" w:rsidRDefault="00DA410F" w:rsidP="00370A7F">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Oświadczenie dotyczące</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:br/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>kryteriów wykluczenia</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> i kry</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>teriów kwalifikacji</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A26E185" w14:textId="206E0B8A" w:rsidR="00702372" w:rsidRPr="00370A7F" w:rsidRDefault="00702372" w:rsidP="00370A7F">
+    <w:p w14:paraId="1A26E185" w14:textId="206E0B8A" w:rsidR="00702372" w:rsidRPr="00563F92" w:rsidRDefault="00702372" w:rsidP="00370A7F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Numer referencyjny postępowania:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A66E87" w14:textId="242ECE30" w:rsidR="00702372" w:rsidRPr="00370A7F" w:rsidRDefault="00702372" w:rsidP="7F6CA770">
+    <w:p w14:paraId="60A66E87" w14:textId="242ECE30" w:rsidR="00702372" w:rsidRPr="00563F92" w:rsidRDefault="00702372" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Nazwa postępowania:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B168D8" w14:textId="78A07F3C" w:rsidR="00702372" w:rsidRDefault="00702372" w:rsidP="7F6CA770">
+    <w:p w14:paraId="03B168D8" w14:textId="0620A9A3" w:rsidR="00702372" w:rsidRPr="00563F92" w:rsidRDefault="00702372" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[Wariant 1</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>ypadku osób prawnych]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F056D1" w14:textId="6960338C" w:rsidR="00DA410F" w:rsidRDefault="00DA410F" w:rsidP="7F6CA770">
+    <w:p w14:paraId="11F056D1" w14:textId="0170ACA1" w:rsidR="00DA410F" w:rsidRPr="00563F92" w:rsidRDefault="00DA410F" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Ja, niżej podpisany(-a) [</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>wstawić imię</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> i naz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>wisko osoby podpisującej niniejszy formularz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>], reprezentujący(-a) następującą osobę prawną:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629278CB" w14:textId="77777777" w:rsidR="7F6CA770" w:rsidRDefault="7F6CA770"/>
-    <w:p w14:paraId="556E93A3" w14:textId="7FA43BB3" w:rsidR="00D17C08" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
+    <w:p w14:paraId="629278CB" w14:textId="77777777" w:rsidR="7F6CA770" w:rsidRPr="00563F92" w:rsidRDefault="7F6CA770"/>
+    <w:p w14:paraId="556E93A3" w14:textId="7FA43BB3" w:rsidR="00D17C08" w:rsidRPr="00563F92" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Pełna oficjalna nazwa:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60A1F64A" w14:textId="32A8BCF0" w:rsidR="00D17C08" w:rsidRDefault="00D17C08">
-      <w:r>
+    <w:p w14:paraId="60A1F64A" w14:textId="32A8BCF0" w:rsidR="00D17C08" w:rsidRPr="00563F92" w:rsidRDefault="00D17C08">
+      <w:r w:rsidRPr="00563F92">
         <w:t>Oficjalna forma prawna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775FC49B" w14:textId="77777777" w:rsidR="00D17C08" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
+    <w:p w14:paraId="775FC49B" w14:textId="77777777" w:rsidR="00D17C08" w:rsidRPr="00563F92" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Numer wpisu do rejestru:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE2909A" w14:textId="77777777" w:rsidR="00D17C08" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
+    <w:p w14:paraId="3AE2909A" w14:textId="77777777" w:rsidR="00D17C08" w:rsidRPr="00563F92" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve">Pełny oficjalny adres: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69884DE8" w14:textId="77777777" w:rsidR="00D17C08" w:rsidRDefault="00D17C08">
-      <w:r>
+    <w:p w14:paraId="69884DE8" w14:textId="77777777" w:rsidR="00D17C08" w:rsidRPr="00563F92" w:rsidRDefault="00D17C08">
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve">Numer identyfikacyjny VAT: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09788ACB" w14:textId="1E881CAA" w:rsidR="7F6CA770" w:rsidRDefault="7F6CA770" w:rsidP="7F6CA770">
+    <w:p w14:paraId="09788ACB" w14:textId="1E881CAA" w:rsidR="7F6CA770" w:rsidRPr="00563F92" w:rsidRDefault="7F6CA770" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="028EC11F" w14:textId="0E5C4E64" w:rsidR="005F261A" w:rsidRDefault="005F261A" w:rsidP="7F6CA770">
+    <w:p w14:paraId="028EC11F" w14:textId="0E5C4E64" w:rsidR="005F261A" w:rsidRPr="00563F92" w:rsidRDefault="005F261A" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>zwany(-a) dalej „</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>osobą</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0838DC" w14:textId="77777777" w:rsidR="7F6CA770" w:rsidRDefault="7F6CA770" w:rsidP="7F6CA770">
+    <w:p w14:paraId="5C0838DC" w14:textId="77777777" w:rsidR="7F6CA770" w:rsidRPr="00563F92" w:rsidRDefault="7F6CA770" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="060675A2" w14:textId="374B81B0" w:rsidR="00D17C08" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
+    <w:p w14:paraId="060675A2" w14:textId="230AD8E6" w:rsidR="00D17C08" w:rsidRPr="00563F92" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>[Wariant 2</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>ypadku osób fizycznych]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C4093D" w14:textId="1AE252D1" w:rsidR="00D17C08" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
+    <w:p w14:paraId="63C4093D" w14:textId="13A8D53E" w:rsidR="00D17C08" w:rsidRPr="00563F92" w:rsidRDefault="00D17C08" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Ja, niżej podpisany(-a) [</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>wstawić imię</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> i naz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>wisko osoby podpisującej niniejszy formularz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>], posługujący(-a) się dowodem osobistym lub paszportem o nr [</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>wstawić numer</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>], reprezentujący(-a) samego(-ą) siebie:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AA7D8F1" w14:textId="77777777" w:rsidR="7F6CA770" w:rsidRDefault="7F6CA770" w:rsidP="7F6CA770">
+    <w:p w14:paraId="2AA7D8F1" w14:textId="77777777" w:rsidR="7F6CA770" w:rsidRPr="00563F92" w:rsidRDefault="7F6CA770" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C2865AF" w14:textId="77777777" w:rsidR="005F261A" w:rsidRDefault="005F261A" w:rsidP="7F6CA770">
+    <w:p w14:paraId="5C2865AF" w14:textId="77777777" w:rsidR="005F261A" w:rsidRPr="00563F92" w:rsidRDefault="005F261A" w:rsidP="7F6CA770">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:noProof/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>zwany(-a) dalej „</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>osobą</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F26C447" w14:textId="7FACD57D" w:rsidR="7F6CA770" w:rsidRDefault="7F6CA770" w:rsidP="00765179">
-[...6 lines deleted...]
-    <w:p w14:paraId="4B6059BA" w14:textId="77777777" w:rsidR="0050320D" w:rsidRPr="00493D96" w:rsidRDefault="0050320D" w:rsidP="0050320D">
+    <w:p w14:paraId="0F26C447" w14:textId="7FACD57D" w:rsidR="7F6CA770" w:rsidRPr="00563F92" w:rsidRDefault="7F6CA770" w:rsidP="00765179"/>
+    <w:p w14:paraId="4B6059BA" w14:textId="77777777" w:rsidR="0050320D" w:rsidRPr="00563F92" w:rsidRDefault="0050320D" w:rsidP="0050320D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Oświadczenie dotyczące kryteriów wykluczenia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F47E4E" w14:textId="637AF68D" w:rsidR="00B74CFF" w:rsidRDefault="007F3628" w:rsidP="00370A7F">
+    <w:p w14:paraId="67F47E4E" w14:textId="637AF68D" w:rsidR="00B74CFF" w:rsidRPr="00563F92" w:rsidRDefault="007F3628" w:rsidP="00370A7F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Osoba nie ma obowiązku wypełniania części A oświadczenia (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:tab/>
         <w:t>oświadczenia dotyczącego kryteriów wykluczenia), jeżeli takie samo oświadczenie zostało już przedłożone do celów innej procedury wyboru prowadzonej przez tę samą instytucję zamawiającą</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r>
-        <w:t>, pod warunkiem że sytuacja nie uległa zmianie oraz że od daty złożenia oświadczenia nie upłynął okres dłuższy niż jeden rok.</w:t>
+      <w:r w:rsidRPr="00563F92">
+        <w:t xml:space="preserve">, pod </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>warunkiem</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00563F92">
+        <w:t xml:space="preserve"> że sytuacja nie uległa zmianie oraz że od daty złożenia oświadczenia nie upłynął okres dłuższy niż jeden rok.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64B20EEE" w14:textId="4D4D62DD" w:rsidR="00AE5C0E" w:rsidRDefault="00AE5C0E" w:rsidP="051D3D6B">
+    <w:p w14:paraId="64B20EEE" w14:textId="542EF1D3" w:rsidR="00AE5C0E" w:rsidRPr="00563F92" w:rsidRDefault="00AE5C0E" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>W takim przypadku niżej podpisany(-a) oświadcza, że osoba przedłożyła już takie samo oświadczenie dotyczące kryteriów wykluczenia do celów wcześniejszego postępowania</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> i pot</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>wierdza, że nie nastąpiły żadne zmiany</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w jej</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> sytuacji: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2802"/>
         <w:gridCol w:w="6662"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE5C0E" w:rsidRPr="000C2EE8" w14:paraId="278E041C" w14:textId="77777777" w:rsidTr="051D3D6B">
+      <w:tr w:rsidR="00AE5C0E" w:rsidRPr="00563F92" w14:paraId="278E041C" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF3B1C1" w14:textId="7088E3EE" w:rsidR="00AE5C0E" w:rsidRPr="00370A7F" w:rsidRDefault="00321B2B" w:rsidP="00370A7F">
+          <w:p w14:paraId="1DF3B1C1" w14:textId="7088E3EE" w:rsidR="00AE5C0E" w:rsidRPr="00563F92" w:rsidRDefault="00321B2B" w:rsidP="00370A7F">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Data złożenia oświadczenia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28F7052B" w14:textId="77777777" w:rsidR="00AE5C0E" w:rsidRPr="00370A7F" w:rsidRDefault="00AE5C0E" w:rsidP="051D3D6B">
+          <w:p w14:paraId="28F7052B" w14:textId="77777777" w:rsidR="00AE5C0E" w:rsidRPr="00563F92" w:rsidRDefault="00AE5C0E" w:rsidP="051D3D6B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Pełne odniesienie do wcześniejszego postępowania</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE5C0E" w14:paraId="6F902801" w14:textId="77777777" w:rsidTr="051D3D6B">
+      <w:tr w:rsidR="00AE5C0E" w:rsidRPr="00563F92" w14:paraId="6F902801" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E407693" w14:textId="6C82C9E9" w:rsidR="00AE5C0E" w:rsidRPr="00AE5C0E" w:rsidRDefault="00AE5C0E" w:rsidP="006E7570">
+          <w:p w14:paraId="0E407693" w14:textId="6C82C9E9" w:rsidR="00AE5C0E" w:rsidRPr="00563F92" w:rsidRDefault="00AE5C0E" w:rsidP="006E7570">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A11950E" w14:textId="77777777" w:rsidR="00AE5C0E" w:rsidRDefault="00AE5C0E" w:rsidP="006E7570">
+          <w:p w14:paraId="5A11950E" w14:textId="77777777" w:rsidR="00AE5C0E" w:rsidRPr="00563F92" w:rsidRDefault="00AE5C0E" w:rsidP="006E7570">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43FF3A56" w14:textId="77777777" w:rsidR="00B74CFF" w:rsidRDefault="00B74CFF" w:rsidP="0024225B">
+    <w:p w14:paraId="43FF3A56" w14:textId="77777777" w:rsidR="00B74CFF" w:rsidRPr="00563F92" w:rsidRDefault="00B74CFF" w:rsidP="0024225B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16F4482F" w14:textId="3F7D4650" w:rsidR="00897553" w:rsidRDefault="00897553" w:rsidP="0024225B">
+    <w:p w14:paraId="16F4482F" w14:textId="3F7D4650" w:rsidR="00897553" w:rsidRPr="00563F92" w:rsidRDefault="00897553" w:rsidP="0024225B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:lastRenderedPageBreak/>
         <w:t>I – Sytuacje wykluczenia dotyczące osoby</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="368816DB" w14:textId="1E6A9513" w:rsidR="00CD4DDC" w:rsidRPr="00897E28" w:rsidRDefault="00CD4A13" w:rsidP="7F6CA770">
+    <w:p w14:paraId="368816DB" w14:textId="1E6A9513" w:rsidR="00CD4DDC" w:rsidRPr="00563F92" w:rsidRDefault="00CD4A13" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>(wypełniają wszystkie zaangażowane podmioty</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5492AA92" w14:textId="77777777" w:rsidR="00CD4DDC" w:rsidRPr="007E2381" w:rsidRDefault="00CD4DDC" w:rsidP="007E2381"/>
+    <w:p w14:paraId="5492AA92" w14:textId="77777777" w:rsidR="00CD4DDC" w:rsidRPr="00563F92" w:rsidRDefault="00CD4DDC" w:rsidP="007E2381"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9993" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8238"/>
         <w:gridCol w:w="930"/>
         <w:gridCol w:w="825"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F7691A" w14:paraId="16F44833" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="00F7691A" w:rsidRPr="00563F92" w14:paraId="16F44833" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44830" w14:textId="15160FAA" w:rsidR="00F7691A" w:rsidRDefault="00F7691A" w:rsidP="0010150F">
+          <w:p w14:paraId="16F44830" w14:textId="68FE35E5" w:rsidR="00F7691A" w:rsidRPr="00563F92" w:rsidRDefault="00F7691A" w:rsidP="0010150F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> oświadczam, że osoba znajduje się</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w jed</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>nej</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z wym</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ienionych niżej sytuacji:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44831" w14:textId="77777777" w:rsidR="00F7691A" w:rsidRDefault="00F7691A" w:rsidP="006B0A89">
+          <w:p w14:paraId="16F44831" w14:textId="77777777" w:rsidR="00F7691A" w:rsidRPr="00563F92" w:rsidRDefault="00F7691A" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="142"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>TAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44832" w14:textId="77777777" w:rsidR="00F7691A" w:rsidRDefault="00F7691A" w:rsidP="006B0A89">
+          <w:p w14:paraId="16F44832" w14:textId="77777777" w:rsidR="00F7691A" w:rsidRPr="00563F92" w:rsidRDefault="00F7691A" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="142"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>NIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E33977" w14:paraId="16F44837" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="00E33977" w:rsidRPr="00563F92" w14:paraId="16F44837" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44834" w14:textId="3510B29F" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="00844FAA">
+          <w:p w14:paraId="16F44834" w14:textId="3D85C094" w:rsidR="00E33977" w:rsidRPr="00563F92" w:rsidRDefault="00E33977" w:rsidP="00844FAA">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>znajduje się</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w sta</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>nie upadłości, prowadzone jest wobec niej postępowanie upadłościowe lub likwidacyjne, jej aktywami zarządza likwidator lub sąd, zawarła układ</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z wie</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>rzycielami, jej działalność gospodarcza jest zawieszona lub znajduje się ona</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w jak</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>iejkolwiek analogicznej sytuacji wynikającej</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z pod</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>obnej procedury przewidzianej</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w prz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>episach unijnych lub krajowych;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44835" w14:textId="77777777" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
+          <w:p w14:paraId="16F44835" w14:textId="77777777" w:rsidR="00E33977" w:rsidRPr="00563F92" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44836" w14:textId="77777777" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
+          <w:p w14:paraId="16F44836" w14:textId="77777777" w:rsidR="00E33977" w:rsidRPr="00563F92" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E33977" w14:paraId="16F4483B" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="00E33977" w:rsidRPr="00563F92" w14:paraId="16F4483B" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44838" w14:textId="218EBFC1" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="004729C1">
+          <w:p w14:paraId="16F44838" w14:textId="07E00C01" w:rsidR="00E33977" w:rsidRPr="00563F92" w:rsidRDefault="00E33977" w:rsidP="004729C1">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>stwierdzono –</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w dro</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>dze prawomocnego wyroku lub ostatecznej decyzji administracyjnej – że osoba naruszyła swoje obowiązki dotyczące uiszczania podatków lub składek na ubezpieczenie społeczne wynikające</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z maj</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ącego zastosowanie prawa;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44839" w14:textId="77777777" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
+          <w:p w14:paraId="16F44839" w14:textId="77777777" w:rsidR="00E33977" w:rsidRPr="00563F92" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Check1"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4483A" w14:textId="77777777" w:rsidR="00E33977" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
+          <w:p w14:paraId="16F4483A" w14:textId="77777777" w:rsidR="00E33977" w:rsidRPr="00563F92" w:rsidRDefault="00E33977" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D7A5F" w14:paraId="16F4483E" w14:textId="753DB5AA" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="007D7A5F" w:rsidRPr="00563F92" w14:paraId="16F4483E" w14:textId="753DB5AA" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4483C" w14:textId="0EC4DA48" w:rsidR="007D7A5F" w:rsidRDefault="007D7A5F" w:rsidP="00583379">
+          <w:p w14:paraId="16F4483C" w14:textId="5B81CF87" w:rsidR="007D7A5F" w:rsidRPr="00563F92" w:rsidRDefault="007D7A5F" w:rsidP="00583379">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>stwierdzono –</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w dro</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>dze prawomocnego wyroku lub ostatecznej decyzji administracyjnej – że osoba dopuściła się poważnego wykroczenia zawodowego poprzez naruszenie mających zastosowanie przepisów ustawowych lub wykonawczych bądź norm etycznych grupy zawodowej, do której osoba ta należy, lub poprzez każde bezprawne zachowanie, które ma wpływ na jej zawodową wiarygodność, gdy tego rodzaju zachowanie wskazuje na bezprawny zamiar lub rażące niedbalstwo,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w tym w szc</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>zególności poprzez następujące zachowanie:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4483D" w14:textId="078ADC9A" w:rsidR="007D7A5F" w:rsidRDefault="007D7A5F" w:rsidP="006B0A89">
+          <w:p w14:paraId="16F4483D" w14:textId="078ADC9A" w:rsidR="007D7A5F" w:rsidRPr="00563F92" w:rsidRDefault="007D7A5F" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44842" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F44842" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4483F" w14:textId="41895F98" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4483F" w14:textId="6A58CEB7" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_DV_C368"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>(i) przedstawienie</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> w wyn</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>iku nieuczciwości lub zaniedbania wprowadzających</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> w błą</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>d informacji wymaganych do weryfikacji braku podstaw wykluczenia lub do weryfikacji spełnienia kryteriów kwalifikowalności lub kryteriów wyboru, lub</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> w ram</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ach wykonania zobowiązania prawnego;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44840" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44840" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44841" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44841" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44846" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F44846" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44843" w14:textId="445E169B" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44843" w14:textId="75E48021" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_DV_C369"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(ii) zawarcie porozumienia</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> z inn</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ymi osobami lub podmiotami</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> w cel</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>u zakłócenia konkurencji;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44844" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44844" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44845" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44845" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F4484A" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F4484A" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44847" w14:textId="417E7521" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44847" w14:textId="417E7521" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_DV_C371"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(iii) naruszenie praw własności intelektualnej;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44848" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44848" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44849" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44849" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F4484E" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F4484E" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4484B" w14:textId="33E8AAB4" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4484B" w14:textId="42A1515B" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_DV_C372"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>(iv) nienależyte wpłynięcie lub próby nienależytego wpłynięcia na proces podejmowania decyzji</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w cel</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>u uzyskania środków finansowych Unii poprzez wykorzystanie,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w wyn</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>iku podania nieprawdziwych informacji, konfliktu interesów</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z udz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>iałem podmiotów upoważnionych do działań finansowych lub innych osób,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> o któ</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>rych mowa</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w art</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>. 61 ust. 1 rozporządzenia finansowego;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4484C" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4484C" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4484D" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4484D" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44852" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F44852" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4484F" w14:textId="45003BFC" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4484F" w14:textId="7FC2F063" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_DV_C373"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>(v) próby pozyskania poufnych informacji, które mogą dać osobie nienależną przewagę</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w pro</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>cedurze wyboru</w:t>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>;</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44850" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44850" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44851" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44851" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="676CE465" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="676CE465" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1256DE81" w14:textId="751BAC9A" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="1256DE81" w14:textId="43D056AD" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>(vi) podżeganie do dyskryminacji, nienawiści lub przemocy wobec grupy osób lub członka grupy lub podobne działania, które są sprzeczne</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> z war</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>tościami, na których opiera się Unia, zapisanymi</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> w art</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>. 2 TUE,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> w prz</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>ypadku gdy takie naruszenie wpływa na integralność osoby, co negatywnie wpływa na realizację zamówienia lub umowy bądź stwarza konkretne ryzyko takiego wpływu;</w:t>
+              <w:t>prz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>ypadku</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gdy takie naruszenie wpływa na integralność osoby, co negatywnie wpływa na realizację zamówienia lub umowy bądź stwarza konkretne ryzyko takiego wpływu;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A2A49A" w14:textId="4FEC417F" w:rsidR="002254B5" w:rsidRDefault="00B85390" w:rsidP="002254B5">
+          <w:p w14:paraId="29A2A49A" w14:textId="4FEC417F" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="00B85390" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F916217" w14:textId="5386CE39" w:rsidR="002254B5" w:rsidRDefault="00B85390" w:rsidP="002254B5">
+          <w:p w14:paraId="5F916217" w14:textId="5386CE39" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="00B85390" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44855" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F44855" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44853" w14:textId="4A2EA8F9" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44853" w14:textId="6821F92B" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>stwierdzono –</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w dro</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>dze prawomocnego wyroku – że osoba ta dopuściła się któregokolwiek</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z nas</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>tępujących czynów:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44854" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44854" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44859" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F44859" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44856" w14:textId="76A7FC5A" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44856" w14:textId="01A9C784" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>(i) nadużycia finansowego</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w roz</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>umieniu art.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>3 dyrektywy (UE) 2017/1371</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> i art</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>1 konwencji</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w spr</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>awie ochrony interesów finansowych Wspólnot Europejskich ustanowionej aktem Rady</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z dni</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>a 26 lipca 1995</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
               <w:t>r.</w:t>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="_DV_C378"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44857" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44857" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44858" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44858" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F4485D" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F4485D" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4485A" w14:textId="2F709785" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4485A" w14:textId="764B45DC" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="_DV_C379"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(ii) korupcji, zgodnie</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> z def</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>inicją zawartą</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> w </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+              <w:t xml:space="preserve"> w art</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>art</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00635845">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:t>4 ust.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>2 dyrektywy (UE) 2017/1371, lub korupcji czynnej</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00635845">
+              <w:t xml:space="preserve"> w roz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>ust.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+              <w:t>umieniu art.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>3 Konwencji</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> dyrektywy (UE) 2017/1371, lub korupcji czynnej</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00635845">
+              <w:t xml:space="preserve"> w spr</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> w roz</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>awie zwalczania korupcji urzędników Wspólnot Europejskich</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">umieniu </w:t>
-[...40 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> i urz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ędników państw członkowskich</w:t>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="_DV_C381"/>
             <w:bookmarkEnd w:id="7"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Unii Europejskiej, ustanowionej aktem Rady</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> z dni</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>a 26 maja 19</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00635845">
+              <w:t>a 26 maja 1997</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>97</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:t xml:space="preserve">r., lub </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>zachowań</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> o któ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>rych mowa</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w art</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>r.</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>2 ust.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>, lub zachowań,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00635845">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> o któ</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>1 decyzji ramowej Rady 2003/568/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>rych mowa</w:t>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> decyzji ramowej Rady 2003/568/WSiSW</w:t>
+              <w:t>WSiSW</w:t>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="_DV_C383"/>
             <w:bookmarkEnd w:id="8"/>
-            <w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>, lub korupcji zdefiniowanej</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> w inn</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ych mających zastosowanie przepisach;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4485B" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4485B" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4485C" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4485C" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44861" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F44861" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4485E" w14:textId="0E68530F" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4485E" w14:textId="282196D9" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="_DV_C384"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(iii)</w:t>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="_DV_M250"/>
             <w:bookmarkEnd w:id="10"/>
             <w:bookmarkEnd w:id="11"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> zachowań związanych</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00635845">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:t>zachowań</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> związanych</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
               <w:t xml:space="preserve"> z org</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>anizacją przestępczą,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> o </w:t>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="_DV_C385"/>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>któ</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>rych mowa</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> w art</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>. 2 decyzji ramowej Rady 2008/841/WSiSW</w:t>
+              <w:t>. 2 decyzji ramowej Rady 2008/841/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>WSiSW</w:t>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="_DV_C387"/>
             <w:bookmarkEnd w:id="12"/>
-            <w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4485F" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4485F" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44860" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44860" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44865" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F44865" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44862" w14:textId="34BB6202" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44862" w14:textId="16AF4889" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(iv)</w:t>
             </w:r>
             <w:bookmarkStart w:id="14" w:name="_DV_M251"/>
             <w:bookmarkEnd w:id="14"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>prania pieniędzy</w:t>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="_DV_C391"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> lub</w:t>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="_DV_M252"/>
             <w:bookmarkEnd w:id="15"/>
             <w:bookmarkEnd w:id="16"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> finansowania terroryzmu,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="_DV_C392"/>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>roz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>umieniu art. 1 ust. 3, 4</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> i 5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> dyrektywy Parlamentu Europejskiego</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> i Rad</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>y (UE) 2015/849</w:t>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="_DV_C394"/>
             <w:bookmarkEnd w:id="17"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44863" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44863" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44864" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44864" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44869" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F44869" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44866" w14:textId="53A69443" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44866" w14:textId="659D35F7" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="19" w:name="_DV_C395"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">(v) </w:t>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="_DV_M253"/>
             <w:bookmarkEnd w:id="19"/>
             <w:bookmarkEnd w:id="20"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve">przestępstw terrorystycznych </w:t>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="_DV_C397"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>lub przestępstw związanych</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z dzi</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ałalnością terrorystyczną, zdefiniowanych</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> w art</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>3–12 dyrektywy Parlamentu Europejskiego</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> i Rad</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>y (UE) 2017/541</w:t>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="_DV_C399"/>
             <w:bookmarkEnd w:id="21"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>, lub podżegania do popełnienia takich przestępstw, pomocnictwa</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w ich</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> popełnieniu lub usiłowania ich popełnienia,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> o któ</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>rych to czynach mowa</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> w art</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...3 lines deleted...]
-              <w:t>4 tej dyrektywy;</w:t>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>14 tej dyrektywy;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44867" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44867" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44868" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44868" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F4486D" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F4486D" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4486A" w14:textId="42891B5D" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4486A" w14:textId="1B35E8C0" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="23" w:name="_DV_C400"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">(vi) </w:t>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="_DV_M254"/>
             <w:bookmarkEnd w:id="23"/>
             <w:bookmarkEnd w:id="24"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>pracy dzieci lub innych przestępstw związanych</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z han</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>dlem ludźmi</w:t>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="_DV_C402"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> o któ</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>rych mowa</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> w art</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>. 2 dyrektywy Parlamentu Europejskiego</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> i Rad</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>y 2011/36/UE</w:t>
             </w:r>
             <w:bookmarkStart w:id="26" w:name="_DV_C404"/>
             <w:bookmarkEnd w:id="25"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4486B" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4486B" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4486C" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4486C" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44871" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F44871" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4486E" w14:textId="5E8F310F" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="00791D6A" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4486E" w14:textId="303BBCD8" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="00791D6A" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>osoba ta dopuściła się znaczących uchybień</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w wyp</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ełnianiu najważniejszych obowiązków związanych</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z rea</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>lizacją zamówienia lub wykonaniem zobowiązania prawnego, finansowanych</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z bud</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>żetu Unii, co doprowadziło do ich przedterminowego zakończenia lub do zastosowania ryczałtowego odszkodowania lub innych kar umownych, lub co zostało wykryte</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w nas</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve">tępstwie kontroli, audytów lub dochodzeń prowadzonych przez urzędnika zatwierdzającego, Europejski Urząd ds. Zwalczania Nadużyć Finansowych (OLAF), Trybunał Obrachunkowy lub Prokuraturę Europejską (EPPO); </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4486F" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4486F" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44870" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44870" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F44875" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F44875" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44872" w14:textId="37F0906F" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44872" w14:textId="769FDE6B" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="27" w:name="_DV_C410"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>stwierdzono –</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w dro</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>dze prawomocnego wyroku lub ostatecznej decyzji administracyjnej – że osoba ta dopuściła się nieprawidłowości</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w roz</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>umieniu art.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...8 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>1 ust.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...8 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t xml:space="preserve">2 rozporządzenia Rady (WE, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>Euratom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>) nr</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...3 lines deleted...]
-              <w:t>988/95</w:t>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>2988/95</w:t>
             </w:r>
             <w:bookmarkEnd w:id="27"/>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44873" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44873" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44874" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F44874" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="794E089C" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="794E089C" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DEB9849" w14:textId="65308DCF" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="5DEB9849" w14:textId="41CAD2FC" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>stwierdzono –</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> w dro</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>dze prawomocnego wyroku lub ostatecznej decyzji administracyjnej – że osoba utworzyła podmiot</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> w inn</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ej jurysdykcji</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> z zam</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>iarem obejścia obowiązków podatkowych, socjalnych lub jakichkolwiek innych obowiązków prawnych,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> w tym</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> dotyczących praw pracowniczych, zatrudnienia</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> i war</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>unków pracy,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> w jur</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ysdykcji ich siedziby statutowej, zarządu lub głównego przedsiębiorstwa;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="323E098E" w14:textId="5CC3DF43" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="323E098E" w14:textId="5CC3DF43" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="110148AE" w14:textId="71C1DB1B" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="110148AE" w14:textId="71C1DB1B" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="7680D48F" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="7680D48F" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12F0F793" w14:textId="2A32850E" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="12F0F793" w14:textId="13703827" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:lastRenderedPageBreak/>
               <w:t>(</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>tylko</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> w prz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>ypadku osób prawnych</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>) stwierdzono –</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w dro</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>dze prawomocnego wyroku lub ostatecznej decyzji administracyjnej – że osoba ta została utworzona</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z zam</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>iarem,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> o któ</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>rym mowa</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> w lit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...3 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>g).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="415689BC" w14:textId="4F1B388E" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="415689BC" w14:textId="4F1B388E" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FEEC824" w14:textId="6945CFDF" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="2FEEC824" w14:textId="6945CFDF" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="75D7408C" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="75D7408C" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ECDFB1F" w14:textId="534A7505" w:rsidR="002254B5" w:rsidRPr="0024350A" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="0ECDFB1F" w14:textId="4BB7F8F4" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> celowo</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> i bez</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> odpowiedniego uzasadnienia sprzeciwia się dochodzeniu, kontroli lub audytowi prowadzonym przez instytucję zamawiającą lub jej przedstawiciela lub audytora, OLAF, EPPO, lub Trybunał Obrachunkowy. Uznaje się, że osoba sprzeciwia się dochodzeniu, kontroli lub audytowi, jeżeli podejmuje działania, których celem lub skutkiem jest uniemożliwienie, utrudnienie lub opóźnienie realizacji którejkolwiek</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z czy</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>nności potrzebnych do przeprowadzenia dochodzenia, kontroli lub audytu. Działania takie obejmują</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w szc</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>zególności odmowę udzielenia niezbędnego dostępu do pomieszczeń osoby lub podmiotu lub innych obszarów wykorzystywanych do celów działalności gospodarczej, ukrywanie lub odmowę ujawnienia informacji lub udzielenie fałszywych informacji.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F27857E" w14:textId="1175AA9F" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="0F27857E" w14:textId="1175AA9F" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A38F335" w14:textId="713C4ED6" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="7A38F335" w14:textId="713C4ED6" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="1A385EC2" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="1A385EC2" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3087E785" w14:textId="23B2E735" w:rsidR="002254B5" w:rsidRPr="0024350A" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="3087E785" w14:textId="4590DC2B" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>oświadcza, że</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w syt</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>uacjach,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> o któ</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>rych mowa</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
-[...14 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> w pkt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>1 lit.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>c)–</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>i) powyżej,</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w prz</w:t>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-              <w:t>:</w:t>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>ypadku, gdy nie wydano prawomocnego wyroku ani ostatecznej decyzji administracyjnej, osoba podlega faktom</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> i ust</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>aleniom wspomnianym</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> w art</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>138 ust.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>3 rozporządzenia finansowego,</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> a w szc</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>zególności:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68C9A1B2" w14:textId="46B95573" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="68C9A1B2" w14:textId="05B15687" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>TAK</w:t>
             </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+              </w:rPr>
+              <w:footnoteReference w:id="4"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4D1557" w14:textId="4113B6AB" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="1A4D1557" w14:textId="4113B6AB" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>NIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="16F4487E" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="16F4487E" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="1579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4487B" w14:textId="1B46B028" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4487B" w14:textId="2855BAD1" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> podlega faktom stwierdzonym</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00635845">
+              <w:t xml:space="preserve"> faktom stwierdzonym</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> w ram</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ach audytów lub dochodzeniom przeprowadzonym przez Prokuraturę Europejską</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> w odn</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>iesieniu do państw członkowskich uczestniczących we wzmocnionej współpracy zgodnie</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> z roz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>porządzeniem (UE) 2017/1939, Trybunał Obrachunkowy, OLAF lub audytora wewnętrznego lub też</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> w ram</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>ach wszelkich innych weryfikacji, audytów lub kontroli prowadzonych</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> w zak</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>resie odpowiedzialności urzędnika zatwierdzającego instytucji Unii, urzędu europejskiego, lub agencji lub organu UE;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4487C" w14:textId="6DD11AEB" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4487C" w14:textId="6DD11AEB" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4487D" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4487D" w14:textId="77777777" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="5692311F" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="5692311F" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="1346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BBF8C34" w14:textId="29931BAC" w:rsidR="002254B5" w:rsidRPr="006B67AB" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="1BBF8C34" w14:textId="4485087B" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> podlega wyrokom lub decyzjom administracyjnym innym niż ostateczne, które mogą obejmować środki dyscyplinarne wprowadzone przez właściwy organ nadzorczy odpowiedzialny za sprawdzanie stosowania norm etyki zawodowej;</w:t>
+              <w:t xml:space="preserve"> wyrokom lub decyzjom administracyjnym innym niż ostateczne, które mogą obejmować środki dyscyplinarne wprowadzone przez właściwy organ nadzorczy odpowiedzialny za sprawdzanie stosowania norm etyki zawodowej;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E7263A9" w14:textId="05F25552" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="1E7263A9" w14:textId="05F25552" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="256609C9" w14:textId="3CBFD2E0" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="256609C9" w14:textId="3CBFD2E0" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="074D4EBB" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="074D4EBB" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41734894" w14:textId="74AC20D8" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="41734894" w14:textId="6CB961CF" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> podlega faktom,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00635845">
+              <w:t>faktom,</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> o któ</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>rych mowa</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> w dec</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>yzjach podmiotów lub osób, którym powierzono zadania związane</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> z wyk</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>onaniem budżetu UE;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB43931" w14:textId="6397F222" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="7EB43931" w14:textId="6397F222" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63030E6D" w14:textId="5730E302" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="63030E6D" w14:textId="5730E302" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="494260E4" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="494260E4" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD21B53" w14:textId="5AE58EB4" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="3BD21B53" w14:textId="4934BFB0" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>informacjom przekazanym przez państwa członkowskie wykonujące środki finansowe Unii,</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w szc</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>zególności faktom</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> i ust</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>aleniom stwierdzonym</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w kon</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>tekście prawomocnego wyroku lub ostatecznej decyzji administracyjnej na szczeblu krajowym odnośnie do występowania sytuacji wykluczenia,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> o któ</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>rych mowa</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> w lit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...8 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t xml:space="preserve">c) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>ppkt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> (iv) lub lit.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...3 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>d);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="066F0C42" w14:textId="4C93C88C" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="066F0C42" w14:textId="4C93C88C" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D35EFEE" w14:textId="5C8193C6" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="6D35EFEE" w14:textId="5C8193C6" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="3C758EFF" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="3C758EFF" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="128BE62B" w14:textId="044BAF45" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="128BE62B" w14:textId="3ECAC3C3" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> podlega decyzjom Komisji dotyczących naruszenia prawa konkurencji Unii lub decyzjom właściwego organu krajowego dotyczących naruszenia prawa konkurencji Unii lub krajowego prawa konkurencji; </w:t>
+              <w:t xml:space="preserve"> decyzjom Komisji dotyczącym naruszenia prawa konkurencji Unii lub decyzji właściwego organu krajowego dotyczących naruszenia prawa konkurencji Unii lub krajowego prawa konkurencji; </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C09C335" w14:textId="0E204C8F" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="1C09C335" w14:textId="0E204C8F" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D929BF3" w14:textId="0825BEA1" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="3D929BF3" w14:textId="0825BEA1" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002254B5" w14:paraId="33963B7D" w14:textId="77777777" w:rsidTr="6BD695A2">
+      <w:tr w:rsidR="002254B5" w:rsidRPr="00563F92" w14:paraId="33963B7D" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AFB7585" w14:textId="7CCFE281" w:rsidR="002254B5" w:rsidRPr="00182B46" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="3AFB7585" w14:textId="7D05D9F9" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:bookmarkStart w:id="28" w:name="_Hlk208482090"/>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> jest poinformowana</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> w dow</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>olny sposób, że jest objęta dochodzeniem prowadzonym przez Europejski Urząd ds. Zwalczania Nadużyć Finansowych (OLAF): ponieważ otrzymała możliwość przedstawienia uwag na temat dotyczących jej faktów lub została poddana kontroli na miejscu przez OLAF</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> w tra</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>kcie dochodzenia albo została powiadomiona</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> o wsz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">częciu </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>lub zamknięciu przez OLAF dotyczącego jej dochodzenia lub</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> o jak</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>ichkolwiek okolicznościach związanych</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> z tak</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>im dochodzeniem.</w:t>
+              <w:t>im dochodzeniem;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF77DAD" w14:textId="2880DFD9" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="7FF77DAD" w14:textId="2880DFD9" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="549D5A18" w14:textId="731862B8" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="549D5A18" w14:textId="731862B8" w:rsidR="002254B5" w:rsidRPr="00563F92" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E044C" w:rsidRPr="00563F92" w14:paraId="206BE170" w14:textId="77777777" w:rsidTr="000E044C">
+        <w:trPr>
+          <w:trHeight w:val="614"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30B48811" w14:textId="72297BA5" w:rsidR="000E044C" w:rsidRPr="00563F92" w:rsidDel="00977B4E" w:rsidRDefault="00890229" w:rsidP="006C4CDC">
+            <w:pPr>
+              <w:pStyle w:val="Text1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="709" w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="29" w:name="_DV_C376"/>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> innym zbliżonym okolicznościom. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="930" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18D4CD0B" w14:textId="77777777" w:rsidR="000E044C" w:rsidRPr="00563F92" w:rsidRDefault="000E044C" w:rsidP="006C4CDC">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="825" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36CAE2CF" w14:textId="77777777" w:rsidR="000E044C" w:rsidRPr="00563F92" w:rsidRDefault="000E044C" w:rsidP="006C4CDC">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16F4487F" w14:textId="3C305866" w:rsidR="00897553" w:rsidRDefault="00897553" w:rsidP="00422300">
+    <w:p w14:paraId="16F4487F" w14:textId="3C305866" w:rsidR="00897553" w:rsidRPr="00563F92" w:rsidRDefault="00897553" w:rsidP="00422300">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_DV_C376"/>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>II – Sytuacje wykluczenia dotyczące osób fizycznych lub prawnych, które są upoważnione do reprezentacji, podejmowania decyzji lub sprawowania kontroli nad osobą prawną lub beneficjentem rzeczywistym</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F44880" w14:textId="6842849F" w:rsidR="00897553" w:rsidRDefault="001F135A" w:rsidP="7F6CA770">
+    <w:p w14:paraId="16F44880" w14:textId="6842849F" w:rsidR="00897553" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="7F6CA770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nie ma zastosowania, jeżeli „osoba” jest osobą fizyczną, państwem członkowskim lub organem lokalnym We wszystkich pozostałych przypadkach wypełniają wszystkie zaangażowane podmioty.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9382" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6612"/>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="941"/>
         <w:gridCol w:w="976"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F135A" w14:paraId="16F44885" w14:textId="77777777" w:rsidTr="00D96D0D">
+      <w:tr w:rsidR="001F135A" w:rsidRPr="00563F92" w14:paraId="16F44885" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44881" w14:textId="1D9834E4" w:rsidR="001F135A" w:rsidRPr="003E5E5C" w:rsidRDefault="001F135A" w:rsidP="051D3D6B">
+          <w:p w14:paraId="16F44881" w14:textId="6BE462C4" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="051D3D6B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>oświadczam, że osoba fizyczna lub prawna, która jest członkiem organów administrujących, zarządzających lub nadzorczych osoby lub jest upoważniona do reprezentacji, podejmowania decyzji lub sprawowania kontroli nad osobą (obejmuje to np. dyrektorów przedsiębiorstwa, członków zarządu lub rady nadzorczej oraz przypadki, gdy jedna osoba fizyczna lub prawna jest</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w pos</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>iadaniu większości udziałów), lub beneficjent rzeczywisty takiej osoby (określony</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> w art</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...8 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>3 pkt</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>6 dyrektywy (UE) 2015/849) nie znajduje się</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w jed</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>nej</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z nas</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve">tępujących sytuacji: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44882" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44882" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>TAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44883" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44883" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>NIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44884" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44884" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>Nie dotyczy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F135A" w14:paraId="16F4488A" w14:textId="77777777" w:rsidTr="00D96D0D">
+      <w:tr w:rsidR="001F135A" w:rsidRPr="00563F92" w14:paraId="16F4488A" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44886" w14:textId="14639031" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
+          <w:p w14:paraId="16F44886" w14:textId="3D801249" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
-              <w:rPr>
-[...9 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>sytuacja 1 lit.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> powyżej (poważne wykroczenie zawodowe)</w:t>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>c) powyżej (poważne wykroczenie zawodowe)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44887" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44887" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44888" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44888" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44889" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44889" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F135A" w14:paraId="16F4488F" w14:textId="77777777" w:rsidTr="00D96D0D">
+      <w:tr w:rsidR="001F135A" w:rsidRPr="00563F92" w14:paraId="16F4488F" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4488B" w14:textId="6206FBBA" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
+          <w:p w14:paraId="16F4488B" w14:textId="3C6B636F" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
-              <w:rPr>
-[...9 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>sytuacja 1 lit.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> powyżej (nadużycie finansowe, korupcja lub inne przestępstwo)</w:t>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>d) powyżej (nadużycie finansowe, korupcja lub inne przestępstwo)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4488C" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F4488C" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4488D" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F4488D" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4488E" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F4488E" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F135A" w14:paraId="16F44894" w14:textId="77777777" w:rsidTr="00D96D0D">
+      <w:tr w:rsidR="001F135A" w:rsidRPr="00563F92" w14:paraId="16F44894" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44890" w14:textId="099063D7" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
+          <w:p w14:paraId="16F44890" w14:textId="27F9F7C4" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
-              <w:rPr>
-[...9 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>sytuacja 1 lit.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>e) powyżej (znaczące uchybienia</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w wyk</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>onywaniu zamówienia)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44891" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44891" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44892" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44892" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44893" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44893" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F135A" w14:paraId="16F44899" w14:textId="77777777" w:rsidTr="00D96D0D">
+      <w:tr w:rsidR="001F135A" w:rsidRPr="00563F92" w14:paraId="16F44899" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44895" w14:textId="2101ED44" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
+          <w:p w14:paraId="16F44895" w14:textId="46B47DBF" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
-              <w:rPr>
-[...9 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>sytuacja 1 lit.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> powyżej (nieprawidłowość)</w:t>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>f) powyżej (nieprawidłowość)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44896" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44896" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44897" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44897" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F44898" w14:textId="77777777" w:rsidR="001F135A" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F44898" w14:textId="77777777" w:rsidR="001F135A" w:rsidRPr="00563F92" w:rsidRDefault="001F135A" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F754E" w14:paraId="2E60BF88" w14:textId="77777777" w:rsidTr="00D96D0D">
+      <w:tr w:rsidR="003F754E" w:rsidRPr="00563F92" w14:paraId="2E60BF88" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52155F20" w14:textId="28221B38" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00510EC4">
+          <w:p w14:paraId="52155F20" w14:textId="20B2F218" w:rsidR="003F754E" w:rsidRPr="00563F92" w:rsidRDefault="003F754E" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
-              <w:rPr>
-[...9 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>sytuacja 1 lit.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>g) powyżej (utworzenie podmiotu</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z zam</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>iarem obejścia zobowiązań prawnych)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18EF2326" w14:textId="0489205B" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
+          <w:p w14:paraId="18EF2326" w14:textId="0489205B" w:rsidR="003F754E" w:rsidRPr="00563F92" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29241816" w14:textId="1BAB0021" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
+          <w:p w14:paraId="29241816" w14:textId="1BAB0021" w:rsidR="003F754E" w:rsidRPr="00563F92" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68BCCF11" w14:textId="0A30A6E4" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
+          <w:p w14:paraId="68BCCF11" w14:textId="0A30A6E4" w:rsidR="003F754E" w:rsidRPr="00563F92" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F754E" w14:paraId="1503AB7C" w14:textId="77777777" w:rsidTr="00D96D0D">
+      <w:tr w:rsidR="003F754E" w:rsidRPr="00563F92" w14:paraId="1503AB7C" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FFD6952" w14:textId="3CA590EF" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00510EC4">
+          <w:p w14:paraId="4FFD6952" w14:textId="71C6B005" w:rsidR="003F754E" w:rsidRPr="00563F92" w:rsidRDefault="003F754E" w:rsidP="00510EC4">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
-              <w:rPr>
-[...9 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>sytuacja 1 lit.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>h) powyżej (osoba utworzona</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z zam</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>iarem obejścia zobowiązań prawnych)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47BE4182" w14:textId="6D91F41D" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
+          <w:p w14:paraId="47BE4182" w14:textId="6D91F41D" w:rsidR="003F754E" w:rsidRPr="00563F92" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68E40672" w14:textId="63BF3438" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
+          <w:p w14:paraId="68E40672" w14:textId="63BF3438" w:rsidR="003F754E" w:rsidRPr="00563F92" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED824AD" w14:textId="65CC82D7" w:rsidR="003F754E" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
+          <w:p w14:paraId="0ED824AD" w14:textId="65CC82D7" w:rsidR="003F754E" w:rsidRPr="00563F92" w:rsidRDefault="003F754E" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5BBB" w14:paraId="547B5365" w14:textId="77777777" w:rsidTr="00D96D0D">
+      <w:tr w:rsidR="009D5BBB" w:rsidRPr="00563F92" w14:paraId="547B5365" w14:textId="77777777" w:rsidTr="00D96D0D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EA7D49D" w14:textId="62BAB2CC" w:rsidR="009D5BBB" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
+          <w:p w14:paraId="6EA7D49D" w14:textId="14DD1540" w:rsidR="009D5BBB" w:rsidRPr="00563F92" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
-              <w:rPr>
-[...9 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>sytuacja 1 lit.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>i) powyżej (celowy</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> i poz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>bawiony odpowiedniego uzasadnienia sprzeciw wobec dochodzenia, kontroli lub audytu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="858" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="379478A8" w14:textId="4E9F16C5" w:rsidR="009D5BBB" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
+          <w:p w14:paraId="379478A8" w14:textId="4E9F16C5" w:rsidR="009D5BBB" w:rsidRPr="00563F92" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55E594FB" w14:textId="59B607FD" w:rsidR="009D5BBB" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
+          <w:p w14:paraId="55E594FB" w14:textId="59B607FD" w:rsidR="009D5BBB" w:rsidRPr="00563F92" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="813" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="639133C1" w14:textId="46D0B875" w:rsidR="009D5BBB" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
+          <w:p w14:paraId="639133C1" w14:textId="46D0B875" w:rsidR="009D5BBB" w:rsidRPr="00563F92" w:rsidRDefault="009D5BBB" w:rsidP="009D5BBB">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06B1FD74" w14:textId="77777777" w:rsidR="00D6012C" w:rsidRDefault="00D6012C" w:rsidP="00422300">
+    <w:p w14:paraId="06B1FD74" w14:textId="77777777" w:rsidR="00D6012C" w:rsidRPr="00563F92" w:rsidRDefault="00D6012C" w:rsidP="00422300">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16F4489A" w14:textId="52E718DF" w:rsidR="00CA27B0" w:rsidRDefault="00CA27B0" w:rsidP="00422300">
+    <w:p w14:paraId="16F4489A" w14:textId="52E718DF" w:rsidR="00CA27B0" w:rsidRPr="00563F92" w:rsidRDefault="00CA27B0" w:rsidP="00422300">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>III – Sytuacje wykluczenia dotyczące osób fizycznych lub prawnych przyjmujących nieograniczoną odpowiedzialność za długi osoby prawnej</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35672559" w14:textId="7F1DA413" w:rsidR="00CF1E63" w:rsidRPr="00370A7F" w:rsidRDefault="00CF1E63" w:rsidP="6FB7994E">
+    <w:p w14:paraId="35672559" w14:textId="38A72765" w:rsidR="00CF1E63" w:rsidRPr="00563F92" w:rsidRDefault="00CF1E63" w:rsidP="6FB7994E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nie ma zastosowania, jeżeli „osoba” jest osobą fizyczną, państwem członkowskim, organem lokalnym lub osobą prawną</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> z ogr</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>aniczoną odpowiedzialnością We wszystkich pozostałych przypadkach wypełniają wszystkie zaangażowane podmioty.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="363BC980" w14:textId="77777777" w:rsidR="00CF1E63" w:rsidRPr="00E25A58" w:rsidRDefault="00CF1E63" w:rsidP="00E25A58"/>
+    <w:p w14:paraId="363BC980" w14:textId="77777777" w:rsidR="00CF1E63" w:rsidRPr="00563F92" w:rsidRDefault="00CF1E63" w:rsidP="00E25A58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9661" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7359"/>
         <w:gridCol w:w="710"/>
         <w:gridCol w:w="616"/>
         <w:gridCol w:w="976"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E5E5C" w14:paraId="16F4489F" w14:textId="77777777" w:rsidTr="007E18C5">
+      <w:tr w:rsidR="003E5E5C" w:rsidRPr="00563F92" w14:paraId="16F4489F" w14:textId="77777777" w:rsidTr="007E18C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7747" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4489B" w14:textId="3B90661B" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00A82BCC">
+          <w:p w14:paraId="16F4489B" w14:textId="412953E2" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="00A82BCC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> oświadczam, że osoba fizyczna lub prawna, która przyjmuje nieograniczoną odpowiedzialność za długi osoby, znajduje się</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w jed</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>nej</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z nas</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve">tępujących sytuacji: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4489C" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F4489C" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>TAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4489D" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F4489D" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>NIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4489E" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F4489E" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>Nie dotyczy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5E5C" w14:paraId="16F448A4" w14:textId="77777777" w:rsidTr="004B29AF">
+      <w:tr w:rsidR="003E5E5C" w:rsidRPr="00563F92" w14:paraId="16F448A4" w14:textId="77777777" w:rsidTr="004B29AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7747" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448A0" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00583379">
+          <w:p w14:paraId="16F448A0" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="00583379">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>sytuacja a) powyżej (upadłość)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448A1" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F448A1" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448A2" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F448A2" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448A3" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F448A3" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E5E5C" w14:paraId="16F448A9" w14:textId="77777777" w:rsidTr="004B29AF">
+      <w:tr w:rsidR="003E5E5C" w:rsidRPr="00563F92" w14:paraId="16F448A9" w14:textId="77777777" w:rsidTr="004B29AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7747" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448A5" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="004B29AF">
+          <w:p w14:paraId="16F448A5" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="004B29AF">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="360"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>sytuacja b) powyżej (naruszenie obowiązku uiszczania podatków lub składek na ubezpieczenie społeczne)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448A6" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F448A6" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="614" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448A7" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F448A7" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448A8" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
+          <w:p w14:paraId="16F448A8" w14:textId="77777777" w:rsidR="003E5E5C" w:rsidRPr="00563F92" w:rsidRDefault="003E5E5C" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28F7EA99" w14:textId="6B940FE1" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00B05C76">
+    <w:p w14:paraId="28F7EA99" w14:textId="49B59BA4" w:rsidR="00B05C76" w:rsidRPr="00563F92" w:rsidRDefault="00B05C76" w:rsidP="00B05C76">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>IV - Inne powody odrzucenia</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> z pos</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>tępowania</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49EFC66C" w14:textId="79A55A81" w:rsidR="00B05C76" w:rsidRPr="00897E28" w:rsidRDefault="00B05C76" w:rsidP="00B05C76">
+    <w:p w14:paraId="49EFC66C" w14:textId="12631CB7" w:rsidR="00B05C76" w:rsidRPr="00563F92" w:rsidRDefault="00B05C76" w:rsidP="00B05C76">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>(wypełnia indywidualnie jedyny kandydat/oferent lub wszyscy członkowie</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>ypadku wspólnego wniosku</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>uszczenie do udziału/wspólnej oferty)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9756" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8288"/>
         <w:gridCol w:w="710"/>
         <w:gridCol w:w="758"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B05C76" w14:paraId="71808D1B" w14:textId="77777777" w:rsidTr="00D6012C">
+      <w:tr w:rsidR="00B05C76" w:rsidRPr="00563F92" w14:paraId="71808D1B" w14:textId="77777777" w:rsidTr="00D6012C">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9C0B15" w14:textId="3152F1B0" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
+          <w:p w14:paraId="0E9C0B15" w14:textId="49B7AAE1" w:rsidR="00B05C76" w:rsidRPr="00563F92" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>5) oświadczam, że osoba:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1361E30C" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
+          <w:p w14:paraId="1361E30C" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRPr="00563F92" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>TAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D50029A" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
+          <w:p w14:paraId="2D50029A" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRPr="00563F92" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>NIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B05C76" w14:paraId="68635D15" w14:textId="77777777" w:rsidTr="00D6012C">
+      <w:tr w:rsidR="00B05C76" w:rsidRPr="00563F92" w14:paraId="68635D15" w14:textId="77777777" w:rsidTr="00D6012C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB249BB" w14:textId="08CEE6E4" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
+          <w:p w14:paraId="6BB249BB" w14:textId="0DA0B91F" w:rsidR="00B05C76" w:rsidRPr="00563F92" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>a) była wcześniej zaangażowana</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w prz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ygotowanie dokumentów zamówienia wykorzystywanych</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w tym</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> postępowaniu</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> o udz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ielenie zamówienia,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> w </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+              <w:t>prz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>ypadku</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> gdy pociągało to za sobą naruszenie zasady równego traktowania,</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w tym</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> również zakłócenie konkurencji, któremu nie można zaradzić</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w inn</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve">y sposób. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31C36DC4" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
+          <w:p w14:paraId="31C36DC4" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRPr="00563F92" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3156C229" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
+          <w:p w14:paraId="3156C229" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRPr="00563F92" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C03A2FA" w14:textId="77777777" w:rsidR="00995B35" w:rsidRPr="00635845" w:rsidRDefault="00995B35" w:rsidP="008652A3"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="16F448B3" w14:textId="6D3A8F2E" w:rsidR="00F96EAB" w:rsidRPr="006C6DFD" w:rsidRDefault="00340E14" w:rsidP="002F6C60">
+    <w:p w14:paraId="7C03A2FA" w14:textId="77777777" w:rsidR="00995B35" w:rsidRPr="00563F92" w:rsidRDefault="00995B35" w:rsidP="008652A3"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w14:paraId="16F448B3" w14:textId="0C74105E" w:rsidR="00F96EAB" w:rsidRPr="00563F92" w:rsidRDefault="00340E14" w:rsidP="002F6C60">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00635845">
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:smallCaps/>
         </w:rPr>
-        <w:t>V</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> – Środki zaradcze</w:t>
+        <w:t>V – Środki zaradcze</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F448B4" w14:textId="6FD368D9" w:rsidR="005C6293" w:rsidRDefault="005C6293" w:rsidP="051D3D6B">
+    <w:p w14:paraId="16F448B4" w14:textId="1DD4AC7A" w:rsidR="005C6293" w:rsidRPr="00563F92" w:rsidRDefault="005C6293" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Jeżeli osoba deklaruje, że znajduje się</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w jed</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>nej</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> z syt</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uacji wykluczenia wymienionych powyżej, może podać, jakie zastosowała środki</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w cel</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>u zaradzenia sytuacji skutkującej wykluczeniem, aby umożliwić urzędnikowi zatwierdzającemu ustalenie, czy takie środki są wystarczające do wykazania jej wiarygodności.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mogą one obejmować np. środki techniczne, organizacyjne</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> i kad</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>rowe, które mają na celu zapobieżenia wystąpieniu takiej sytuacji</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">yszłości, naprawienie szkody lub zapłatę grzywien lub wszelkich podatków czy składek na ubezpieczenie społeczne. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="773D5FBD" w14:textId="66DCBC57" w:rsidR="0020320A" w:rsidRDefault="0020320A" w:rsidP="051D3D6B">
+    <w:p w14:paraId="773D5FBD" w14:textId="65AA02E1" w:rsidR="0020320A" w:rsidRPr="00563F92" w:rsidRDefault="0020320A" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Bez uszczerbku dla oceny właściwego urzędnika zatwierdzającego osoba lub podmiot przedstawiają środki zaradcze, które zostały ocenione przez niezależnego audytora zewnętrznego lub uznane za wystarczające decyzją organu krajowego lub unijnego. Odpowiednie dokumenty potwierdzające,</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> w któ</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>rych przedstawia się wprowadzone środki zaradcze</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> i ich</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> ocenę, należy zawrzeć</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> w zał</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ączniku do oświadczenia. Środki zaradcze nie mają zastosowania</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ypadku sytuacji,</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> o któ</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>rych mowa</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> w sek</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">cji I </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00635845">
+        <w:t>cji I pkt</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>pkt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>1 lit.</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00635845">
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> niniejszego oświadczenia.</w:t>
+        <w:t>d) niniejszego oświadczenia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F448B5" w14:textId="3FE5177B" w:rsidR="00F96EAB" w:rsidRPr="007D7A5F" w:rsidRDefault="00B05C76" w:rsidP="0024225B">
+    <w:p w14:paraId="16F448B5" w14:textId="3FE5177B" w:rsidR="00F96EAB" w:rsidRPr="00563F92" w:rsidRDefault="00B05C76" w:rsidP="0024225B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>VI – dowody dotyczące kryteriów wykluczenia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477A6316" w14:textId="5D449177" w:rsidR="00695D93" w:rsidRDefault="0092592E" w:rsidP="7F6CA770">
+    <w:p w14:paraId="477A6316" w14:textId="42C66624" w:rsidR="00695D93" w:rsidRPr="00563F92" w:rsidRDefault="0092592E" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="11"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>W specyfikacji istotnych warunków zamówienia określono szczegółowo, które zaangażowane podmioty muszą przedstawić odpowiednie dowody na to, że nie znajdują się</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w syt</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uacji wykluczenia,</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o któ</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>rej mowa</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
-[...9 lines deleted...]
-        <w:t>, oraz kiedy należy dowody przedstawić.</w:t>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+        <w:t xml:space="preserve"> w pkt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>1, oraz kiedy należy dowody przedstawić.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE64640" w14:textId="03697B6E" w:rsidR="00835E88" w:rsidRPr="00F76ABA" w:rsidRDefault="00CA3ADD" w:rsidP="00835E88">
+    <w:p w14:paraId="3EE64640" w14:textId="03697B6E" w:rsidR="00835E88" w:rsidRPr="00563F92" w:rsidRDefault="00CA3ADD" w:rsidP="00835E88">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Za dowód mogą posłużyć następujące dowody:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F448B7" w14:textId="1BFB3D1A" w:rsidR="00357CC2" w:rsidRPr="00900331" w:rsidRDefault="00DA410F" w:rsidP="00897E28">
+    <w:p w14:paraId="16F448B7" w14:textId="1B7D702D" w:rsidR="00357CC2" w:rsidRPr="00563F92" w:rsidRDefault="00DA410F" w:rsidP="00897E28">
       <w:pPr>
         <w:pStyle w:val="Text1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>W odniesieniu do sytuacji opisanych</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
-[...14 lines deleted...]
-      <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+        <w:t xml:space="preserve"> w pkt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>1: lit.</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidRPr="00563F92">
+        <w:t>a), c), d), f), g) oraz h) powyżej – aktualny wyciąg</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> z rej</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidRPr="00563F92">
+        <w:t xml:space="preserve">estru sądowego </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>lub,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ypadku jego braku, równoważny dokument wydany niedawno przez organ sądowy lub administracyjny</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w pań</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve">stwie będącym miejscem siedziby danej osoby, wykazujący, że przedmiotowe wymogi są spełnione. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F448B8" w14:textId="54297676" w:rsidR="00E6004E" w:rsidRPr="00900331" w:rsidRDefault="00357CC2" w:rsidP="00897E28">
+    <w:p w14:paraId="16F448B8" w14:textId="18773F70" w:rsidR="00E6004E" w:rsidRPr="00563F92" w:rsidRDefault="00357CC2" w:rsidP="00897E28">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-480"/>
           <w:tab w:val="left" w:pos="-142"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="8400"/>
         </w:tabs>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:lastRenderedPageBreak/>
         <w:t>W odniesieniu do sytuacji opisanej</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
-[...14 lines deleted...]
-      <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+        <w:t xml:space="preserve"> w pkt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>1 lit.</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidRPr="00563F92">
+        <w:t>a) lub b) – aktualne zaświadczenia wydane przez właściwe organy państwa prowadzenia działalności. Dokumenty te muszą stanowić dowody zapłaty wszelkich podatków</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> i skł</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>adek na ubezpieczenie społeczne, którymi objęta jest osoba,</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w tym</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> np. podatku VAT, podatku dochodowego (jedynie osoby fizyczne), podatku od przedsiębiorstw (jedynie osoby prawne) oraz składek na ubezpieczenie społeczne. Jeżeli żaden dokument opisany powyżej nie jest wydawany</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w pań</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidRPr="00563F92">
+        <w:t xml:space="preserve">stwie prowadzenia działalności, można go zastąpić oświadczeniem złożonym pod przysięgą przed organem sądowym lub notariuszem </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>lub,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00563F92">
+        <w:t xml:space="preserve"> jeżeli to niemożliwe, uroczystym oświadczeniem, złożonym przed organem administracyjnym lub właściwą organizacją zawodową</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w pań</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>stwie siedziby.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F448B9" w14:textId="696F8A5E" w:rsidR="008C4A00" w:rsidRDefault="00C55150" w:rsidP="051D3D6B">
+    <w:p w14:paraId="16F448B9" w14:textId="64D5B5BA" w:rsidR="008C4A00" w:rsidRPr="00563F92" w:rsidRDefault="00C55150" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Osoba nie ma obowiązku przedstawienia dowodów, jeżeli zostały one już wcześniej przedstawione</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w tra</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>kcie innej procedury wyboru organizowanej przez tę samą instytucję zamawiającą</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>. Dokumenty takie muszą być wystawione nie wcześniej niż jeden rok przed dniem,</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w któ</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>rym wystąpiła</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o nie</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> instytucja zamawiająca,</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> i mus</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>zą być nadal ważne</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w tym</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> dniu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F448BA" w14:textId="28E66FDD" w:rsidR="008C4A00" w:rsidRDefault="00A40405" w:rsidP="051D3D6B">
+    <w:p w14:paraId="16F448BA" w14:textId="1C2AF000" w:rsidR="008C4A00" w:rsidRPr="00563F92" w:rsidRDefault="00A40405" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Niżej podpisany(-a) oświadcza, że osoba przedłożyła już takie dokumenty dowodowe do celów wcześniejszego postępowania</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> i pot</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>wierdza, że nie nastąpiły żadne zmiany</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w jej</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> sytuacji: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4786"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C2EE8" w:rsidRPr="000C2EE8" w14:paraId="16F448BD" w14:textId="77777777" w:rsidTr="051D3D6B">
+      <w:tr w:rsidR="000C2EE8" w:rsidRPr="00563F92" w14:paraId="16F448BD" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448BB" w14:textId="77777777" w:rsidR="000C2EE8" w:rsidRPr="00897E28" w:rsidRDefault="000C2EE8" w:rsidP="00897E28">
+          <w:p w14:paraId="16F448BB" w14:textId="77777777" w:rsidR="000C2EE8" w:rsidRPr="00563F92" w:rsidRDefault="000C2EE8" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Dokument</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448BC" w14:textId="77777777" w:rsidR="000C2EE8" w:rsidRPr="00897E28" w:rsidRDefault="000C2EE8" w:rsidP="051D3D6B">
+          <w:p w14:paraId="16F448BC" w14:textId="77777777" w:rsidR="000C2EE8" w:rsidRPr="00563F92" w:rsidRDefault="000C2EE8" w:rsidP="051D3D6B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Pełne odniesienie do wcześniejszego postępowania</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0711" w14:paraId="16F448C0" w14:textId="77777777" w:rsidTr="051D3D6B">
+      <w:tr w:rsidR="00FF0711" w:rsidRPr="00563F92" w14:paraId="16F448C0" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448BE" w14:textId="77777777" w:rsidR="00FF0711" w:rsidRDefault="00FF0711" w:rsidP="00897E28">
+          <w:p w14:paraId="16F448BE" w14:textId="77777777" w:rsidR="00FF0711" w:rsidRPr="00563F92" w:rsidRDefault="00FF0711" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>W razie potrzeby wstawić dodatkowe wiersze.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F448BF" w14:textId="77777777" w:rsidR="00FF0711" w:rsidRDefault="00FF0711" w:rsidP="00BF7F29">
+          <w:p w14:paraId="16F448BF" w14:textId="77777777" w:rsidR="00FF0711" w:rsidRPr="00563F92" w:rsidRDefault="00FF0711" w:rsidP="00BF7F29">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="33402EAC" w14:textId="42B9D3D4" w:rsidR="00602579" w:rsidRDefault="00602579" w:rsidP="051D3D6B">
+    <w:p w14:paraId="33402EAC" w14:textId="5FFAB020" w:rsidR="00602579" w:rsidRPr="00563F92" w:rsidRDefault="00602579" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Osoba nie ma obowiązku przedstawienia dowodów, jeżeli dostęp do nich można uzyskać bezpłatnie</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w kra</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve">jowej bazie danych. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F58ED09" w14:textId="2FB86EF0" w:rsidR="00CF0C80" w:rsidRDefault="00602579" w:rsidP="051D3D6B">
+    <w:p w14:paraId="0F58ED09" w14:textId="2FB86EF0" w:rsidR="00CF0C80" w:rsidRPr="00563F92" w:rsidRDefault="00602579" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Niżej podpisany(-a) oświadcza, że dostęp do wymaganych dowodów można uzyskać pod następującym adresem internetowym bazy danych/za pomocą następujących danych identyfikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4786"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00602579" w:rsidRPr="000C2EE8" w14:paraId="2861D68B" w14:textId="77777777" w:rsidTr="740E3E08">
+      <w:tr w:rsidR="00602579" w:rsidRPr="00563F92" w14:paraId="2861D68B" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="080F9EE3" w14:textId="59725A52" w:rsidR="00602579" w:rsidRPr="00897E28" w:rsidRDefault="00602579" w:rsidP="00897E28">
+          <w:p w14:paraId="080F9EE3" w14:textId="59725A52" w:rsidR="00602579" w:rsidRPr="00563F92" w:rsidRDefault="00602579" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>Adres internetowy bazy danych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A4F1EEA" w14:textId="5DF54ACB" w:rsidR="00602579" w:rsidRPr="00897E28" w:rsidRDefault="00602579" w:rsidP="00897E28">
+          <w:p w14:paraId="5A4F1EEA" w14:textId="5DF54ACB" w:rsidR="00602579" w:rsidRPr="00563F92" w:rsidRDefault="00602579" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve">Dane identyfikacyjne dokumentu </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00602579" w14:paraId="54C2A73F" w14:textId="77777777" w:rsidTr="740E3E08">
+      <w:tr w:rsidR="00602579" w:rsidRPr="00563F92" w14:paraId="54C2A73F" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C705CAD" w14:textId="77777777" w:rsidR="00602579" w:rsidRDefault="00602579" w:rsidP="00897E28">
+          <w:p w14:paraId="4C705CAD" w14:textId="77777777" w:rsidR="00602579" w:rsidRPr="00563F92" w:rsidRDefault="00602579" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>W razie potrzeby wstawić dodatkowe wiersze.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA02BF2" w14:textId="77777777" w:rsidR="00602579" w:rsidRDefault="00602579" w:rsidP="00E22F6A">
+          <w:p w14:paraId="0DA02BF2" w14:textId="77777777" w:rsidR="00602579" w:rsidRPr="00563F92" w:rsidRDefault="00602579" w:rsidP="00E22F6A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="529D776B" w14:textId="3C950355" w:rsidR="00454D84" w:rsidRPr="00E25A58" w:rsidRDefault="49BAA85C" w:rsidP="00900331">
+    <w:p w14:paraId="529D776B" w14:textId="3C950355" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="49BAA85C" w:rsidP="00900331">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve">Oświadczenie dotyczące kryteriów kwalifikacji </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D59BB2A" w14:textId="741BC261" w:rsidR="743C92D7" w:rsidRDefault="743C92D7" w:rsidP="051D3D6B">
+    <w:p w14:paraId="2D59BB2A" w14:textId="030B518C" w:rsidR="743C92D7" w:rsidRPr="00563F92" w:rsidRDefault="743C92D7" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>W przypadku postępowania</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> z pod</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ziałem na części stwierdzenia</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w czę</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ści B mają zastosowanie do części,</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w odn</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidRPr="00563F92">
+        <w:t>iesieniu do której(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>ych</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>) złożono wniosek</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uszczenie do udziału/ofertę.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7232500E" w14:textId="59A72938" w:rsidR="00E25A58" w:rsidRDefault="00E25A58" w:rsidP="00E25A58">
+    <w:p w14:paraId="7232500E" w14:textId="59A72938" w:rsidR="00E25A58" w:rsidRPr="00563F92" w:rsidRDefault="00E25A58" w:rsidP="00E25A58">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>I – Kryteria kwalifikacji</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CE533D0" w14:textId="2295293E" w:rsidR="00B74E92" w:rsidRPr="00897E28" w:rsidRDefault="00CA2C74" w:rsidP="051D3D6B">
+    <w:p w14:paraId="7CE533D0" w14:textId="61F7491B" w:rsidR="00B74E92" w:rsidRPr="00563F92" w:rsidRDefault="00CA2C74" w:rsidP="051D3D6B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Kryteria kwalifikacji mające zastosowanie do kandydata/oferenta</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> w ram</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ach całościowej oceny skonsolidowanej </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E43862B" w14:textId="4A2796C2" w:rsidR="006E23B3" w:rsidRPr="00897E28" w:rsidRDefault="006E23B3" w:rsidP="00897E28">
+    <w:p w14:paraId="1E43862B" w14:textId="4D6E0113" w:rsidR="006E23B3" w:rsidRPr="00563F92" w:rsidRDefault="006E23B3" w:rsidP="00897E28">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Hlk203596443"/>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>(wypełnia Wyłącznie jedyny kandydat/oferent lub lider grupy</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>ypadku wspólnego wniosku</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>uszczenie do udziału/wspólnej oferty)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580B2348" w14:textId="0550980B" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="00F04B97">
+    <w:p w14:paraId="580B2348" w14:textId="74400A7B" w:rsidR="00F04B97" w:rsidRPr="00563F92" w:rsidRDefault="00F04B97" w:rsidP="00F04B97">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Osoba, która jest jedynym kandydatem/oferentem/liderem grupy</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ypadku wspólnej wspólnego wniosku</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uszczenie do udziału/wspólnej oferty, składająca wniosek</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uszczenie do udziału/ofertę</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w ram</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ach powyższego postępowania:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00723411" w14:paraId="1E301121" w14:textId="77777777" w:rsidTr="00897E28">
+      <w:tr w:rsidR="00723411" w:rsidRPr="00563F92" w14:paraId="1E301121" w14:textId="77777777" w:rsidTr="00897E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DF8EF4D" w14:textId="560EB35E" w:rsidR="00723411" w:rsidRDefault="0056736F" w:rsidP="00585B73">
+          <w:p w14:paraId="1DF8EF4D" w14:textId="26234F15" w:rsidR="00723411" w:rsidRPr="00563F92" w:rsidRDefault="0056736F" w:rsidP="00585B73">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:lastRenderedPageBreak/>
               <w:t>6) oświadcza, że kandydat/oferent,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w tym</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> wszyscy członkowie grupy</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w prz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ypadku wspólnego wniosku</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> o dop</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>uszczenie do udziału/wspólnej oferty, podwykonawcy</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> i pod</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>mioty, na których zdolności kandydat/oferent zamierza polegać,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w sto</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>sownych przypadkach:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72012666" w14:textId="77777777" w:rsidR="00723411" w:rsidRDefault="00723411" w:rsidP="00C37A34">
+          <w:p w14:paraId="72012666" w14:textId="77777777" w:rsidR="00723411" w:rsidRPr="00563F92" w:rsidRDefault="00723411" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>TAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="312B178F" w14:textId="77777777" w:rsidR="00723411" w:rsidRDefault="00723411" w:rsidP="00C37A34">
+          <w:p w14:paraId="312B178F" w14:textId="77777777" w:rsidR="00723411" w:rsidRPr="00563F92" w:rsidRDefault="00723411" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>NIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00723411" w14:paraId="08FCC78B" w14:textId="77777777" w:rsidTr="00897E28">
+      <w:tr w:rsidR="00723411" w:rsidRPr="00563F92" w14:paraId="08FCC78B" w14:textId="77777777" w:rsidTr="00897E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="350DEA98" w14:textId="36F39A64" w:rsidR="00723411" w:rsidRDefault="000B752C" w:rsidP="00F5266F">
+          <w:p w14:paraId="350DEA98" w14:textId="783E6BFE" w:rsidR="00723411" w:rsidRPr="00563F92" w:rsidRDefault="000B752C" w:rsidP="00F5266F">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="24"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>spełnia(-ją) wszystkie kryteria kwalifikacji,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w odn</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>iesieniu do których przeprowadzona zostanie skonsolidowana ocena, zgodnie ze specyfikacją istotnych warunków zamówienia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71ED8742" w14:textId="77777777" w:rsidR="00723411" w:rsidRDefault="00723411" w:rsidP="00C37A34">
+          <w:p w14:paraId="71ED8742" w14:textId="77777777" w:rsidR="00723411" w:rsidRPr="00563F92" w:rsidRDefault="00723411" w:rsidP="00C37A34">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="406AD81A" w14:textId="77777777" w:rsidR="00723411" w:rsidRDefault="00723411" w:rsidP="00C37A34">
+          <w:p w14:paraId="406AD81A" w14:textId="77777777" w:rsidR="00723411" w:rsidRPr="00563F92" w:rsidRDefault="00723411" w:rsidP="00C37A34">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="29"/>
-    <w:p w14:paraId="50AB76DC" w14:textId="6F74275D" w:rsidR="00CA2C74" w:rsidRPr="00EC7E2B" w:rsidRDefault="00CA2C74" w:rsidP="051D3D6B">
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w14:paraId="50AB76DC" w14:textId="507F76AA" w:rsidR="00CA2C74" w:rsidRPr="00563F92" w:rsidRDefault="00CA2C74" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Wariant poniżej do wstawienia przez instytucję zamawiającą</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> w sto</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>sownych przypadkach, zgodnie</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> z dok</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>umentami zamówienia. Instytucja zamawiająca musi usunąć sekcję poniżej, jeżeli żadne</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> z kry</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>teriów wyboru nie ma zastosowania indywidualnie. Jeżeli istnieją takie kryteria, instytucja zamawiająca musi dostosować tabelę do kryteriów wskazanych</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> w spe</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>cyfikacji istotnych warunków zamówienia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CFBC1F8" w14:textId="7B867C43" w:rsidR="00CA2C74" w:rsidRPr="00897E28" w:rsidRDefault="00C4227A">
+    <w:p w14:paraId="5CFBC1F8" w14:textId="7B867C43" w:rsidR="00CA2C74" w:rsidRPr="00563F92" w:rsidRDefault="00C4227A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Kryteria kwalifikacji mające zastosowanie indywidualnie do zaangażowanych podmiotów – ocena indywidualna</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C15FF3" w14:textId="0676A81C" w:rsidR="00723411" w:rsidRPr="00897E28" w:rsidRDefault="00723411" w:rsidP="7F6CA770">
+    <w:p w14:paraId="78C15FF3" w14:textId="0676A81C" w:rsidR="00723411" w:rsidRPr="00563F92" w:rsidRDefault="00723411" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>(do wypełnienia indywidualnie przez zaangażowane podmioty, do których zastosowanie mają indywidualnie kryteria kwalifikacji zgodnie ze specyfikacją istotnych warunków zamówienia)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64745216" w14:textId="681040C8" w:rsidR="00E80BCE" w:rsidRPr="00897E28" w:rsidRDefault="00E80BCE" w:rsidP="6FB7994E">
+    <w:p w14:paraId="64745216" w14:textId="4BF9EFAC" w:rsidR="00E80BCE" w:rsidRPr="00563F92" w:rsidRDefault="00E80BCE" w:rsidP="6FB7994E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Osoba, która jest jedynym kandydatem/oferentem/członkiem grupy</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ypadku wspólnego wniosku</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uszczenie do udziału/wspólnej oferty/podwykonawcą, składająca wniosek</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uszczenie do udziału/ofertę lub</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w nim</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> uczestnicząca</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w ram</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ach powyższego postępowania:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9286" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6984"/>
         <w:gridCol w:w="710"/>
         <w:gridCol w:w="616"/>
         <w:gridCol w:w="976"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A551F6" w14:paraId="4C5D7034" w14:textId="77777777" w:rsidTr="740E3E08">
+      <w:tr w:rsidR="00A551F6" w:rsidRPr="00563F92" w14:paraId="4C5D7034" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66242635" w14:textId="40E649E6" w:rsidR="00A551F6" w:rsidRPr="006C5B50" w:rsidRDefault="00850397" w:rsidP="006020BD">
+          <w:p w14:paraId="66242635" w14:textId="661724D5" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00850397" w:rsidP="006020BD">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:firstLine="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:noProof/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>7) oświadcza, że osoba indywidualnie spełnia kryteria kwalifikacji mające do niej zastosowanie:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13DAA78F" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="13DAA78F" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>TAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="465AC66E" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="465AC66E" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>NIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="237B4D9E" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="237B4D9E" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>Nie dotyczy</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A551F6" w14:paraId="5B12A280" w14:textId="77777777" w:rsidTr="740E3E08">
+      <w:tr w:rsidR="00A551F6" w:rsidRPr="00563F92" w14:paraId="5B12A280" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37A65182" w14:textId="4944E4DE" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00F5266F">
+          <w:p w14:paraId="37A65182" w14:textId="6F2033FE" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00F5266F">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>posiada prawną</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> i reg</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ulacyjną zdolność do prowadzenia działalności zawodowej niezbędnej do realizacji zamówienia zgodnie</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> z wym</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ogami specyfikacji istotnych warunków zamówienia;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0291C12C" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="0291C12C" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CAC5967" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="2CAC5967" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AEE8289" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="6AEE8289" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A551F6" w14:paraId="1FD24AF9" w14:textId="77777777" w:rsidTr="740E3E08">
+      <w:tr w:rsidR="00A551F6" w:rsidRPr="00563F92" w14:paraId="1FD24AF9" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74F0F585" w14:textId="729585FC" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00F5266F">
+          <w:p w14:paraId="74F0F585" w14:textId="13D8BE5F" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00F5266F">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>spełnia odnośne kryteria ekonomiczne</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> i fin</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ansowe wskazane</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w spe</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>cyfikacji istotnych warunków zamówienia;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B07D42B" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="5B07D42B" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56636257" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="56636257" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DC092F3" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="3DC092F3" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A551F6" w14:paraId="1A0954B6" w14:textId="77777777" w:rsidTr="740E3E08">
+      <w:tr w:rsidR="00A551F6" w:rsidRPr="00563F92" w14:paraId="1A0954B6" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6192EC00" w14:textId="52041614" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00F5266F">
+          <w:p w14:paraId="6192EC00" w14:textId="045E383E" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00F5266F">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>spełnia odnośne kryteria techniczne</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> i zaw</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>odowe wskazane</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w spe</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>cyfikacji istotnych warunków zamówienia;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C74A905" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="5C74A905" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="028509AD" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="028509AD" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44D0D1B1" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
+          <w:p w14:paraId="44D0D1B1" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRPr="00563F92" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F200ED7" w14:textId="02A6270A" w:rsidR="00850397" w:rsidRPr="006C5B50" w:rsidRDefault="006C5B50" w:rsidP="00D36F93">
+    <w:p w14:paraId="7F200ED7" w14:textId="02A6270A" w:rsidR="00850397" w:rsidRPr="00563F92" w:rsidRDefault="006C5B50" w:rsidP="00D36F93">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
-          <w:noProof/>
           <w:kern w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:smallCaps/>
         </w:rPr>
         <w:t xml:space="preserve">II) Kryteria kwalifikacji – sprzeczność interesów zawodowych </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4253AB" w14:textId="6F28DDE5" w:rsidR="00850397" w:rsidRPr="00897E28" w:rsidRDefault="00850397" w:rsidP="00EE7E2B">
+    <w:p w14:paraId="6D4253AB" w14:textId="6F28DDE5" w:rsidR="00850397" w:rsidRPr="00563F92" w:rsidRDefault="00850397" w:rsidP="00EE7E2B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>(wypełniają wszystkie zaangażowane podmioty)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E52E5EC" w14:textId="0CFCA0F6" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="00850397">
+    <w:p w14:paraId="4E52E5EC" w14:textId="7F336034" w:rsidR="00850397" w:rsidRPr="00563F92" w:rsidRDefault="00850397" w:rsidP="00850397">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Osoba, która jest jedynym kandydatem/oferentem/członkiem grupy</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ypadku wspólnego wniosku</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uszczenie do udziału/wspólnej oferty/podwykonawcą, składająca wniosek</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uszczenie do udziału/ofertę lub</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w nim</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> uczestnicząca</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w ram</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ach powyższego postępowania:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A9EA582" w14:textId="77777777" w:rsidR="00850397" w:rsidRPr="00897E28" w:rsidRDefault="00850397" w:rsidP="00850397">
+    <w:p w14:paraId="0A9EA582" w14:textId="77777777" w:rsidR="00850397" w:rsidRPr="00563F92" w:rsidRDefault="00850397" w:rsidP="00850397">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00850397" w14:paraId="686951BD" w14:textId="77777777" w:rsidTr="6FB7994E">
+      <w:tr w:rsidR="00850397" w:rsidRPr="00563F92" w14:paraId="686951BD" w14:textId="77777777" w:rsidTr="6FB7994E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72049991" w14:textId="06FC739E" w:rsidR="00850397" w:rsidRDefault="007E0722" w:rsidP="007E0722">
+          <w:p w14:paraId="72049991" w14:textId="20ECDA1F" w:rsidR="00850397" w:rsidRPr="00563F92" w:rsidRDefault="007E0722" w:rsidP="007E0722">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve">8) oświadcza, że osoba: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="358441F1" w14:textId="77777777" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="002775C9">
+          <w:p w14:paraId="358441F1" w14:textId="77777777" w:rsidR="00850397" w:rsidRPr="00563F92" w:rsidRDefault="00850397" w:rsidP="002775C9">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>TAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DE2948B" w14:textId="77777777" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="002775C9">
+          <w:p w14:paraId="2DE2948B" w14:textId="77777777" w:rsidR="00850397" w:rsidRPr="00563F92" w:rsidRDefault="00850397" w:rsidP="002775C9">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>NIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850397" w14:paraId="54E58232" w14:textId="77777777" w:rsidTr="6FB7994E">
+      <w:tr w:rsidR="00850397" w:rsidRPr="00563F92" w14:paraId="54E58232" w14:textId="77777777" w:rsidTr="6FB7994E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7DA24651" w14:textId="505FF09B" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="00D36F93">
+          <w:p w14:paraId="7DA24651" w14:textId="505FF09B" w:rsidR="00850397" w:rsidRPr="00563F92" w:rsidRDefault="00850397" w:rsidP="00D36F93">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="48"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>dotyczy jej konflikt interesów, który może mieć negatywny wpływ na realizację zamówienia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55708F74" w14:textId="77777777" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="002775C9">
+          <w:p w14:paraId="55708F74" w14:textId="77777777" w:rsidR="00850397" w:rsidRPr="00563F92" w:rsidRDefault="00850397" w:rsidP="002775C9">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A3C430F" w14:textId="77777777" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="002775C9">
+          <w:p w14:paraId="5A3C430F" w14:textId="77777777" w:rsidR="00850397" w:rsidRPr="00563F92" w:rsidRDefault="00850397" w:rsidP="002775C9">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="790CAC98" w14:textId="130FE33D" w:rsidR="00C4227A" w:rsidRDefault="00C4227A" w:rsidP="00C4227A">
+    <w:p w14:paraId="790CAC98" w14:textId="130FE33D" w:rsidR="00C4227A" w:rsidRPr="00563F92" w:rsidRDefault="00C4227A" w:rsidP="00C4227A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">III – Dowody dotyczące kryteriów kwalifikacji </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C38D641" w14:textId="3F0D33E7" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="051D3D6B">
+    <w:p w14:paraId="6C38D641" w14:textId="3F0D33E7" w:rsidR="00F04B97" w:rsidRPr="00563F92" w:rsidRDefault="00F04B97" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>W specyfikacji istotnych warunków zamówienia szczegółowo wskazano, jakie dowody należy przedstawić, kiedy oraz który podmiot powinien tego dokonać, aby udowodnić, że kandydat/oferent spełnia kryteria kwalifikacji.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1699FA0D" w14:textId="7AB55A75" w:rsidR="00F04B97" w:rsidRPr="00A64C2E" w:rsidRDefault="00F04B97" w:rsidP="00897E28">
+    <w:p w14:paraId="1699FA0D" w14:textId="50730A56" w:rsidR="00F04B97" w:rsidRPr="00563F92" w:rsidRDefault="00F04B97" w:rsidP="00897E28">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Jeżeli dostarczenie dowodów wraz</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> z wni</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>oskiem</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uszczenie do udziału/ofertą nie jest wymagane, osoba jest proszona</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o wcz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>eśniejsze przygotowanie dokumentów odnoszących się do dowodów, ponieważ instytucja zamawiająca może poprosić</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>edstawienie takich dowodów</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w kró</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve">tkim terminie. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1279E35F" w14:textId="423C2B4D" w:rsidR="0073022B" w:rsidRDefault="0073022B" w:rsidP="051D3D6B">
+    <w:p w14:paraId="1279E35F" w14:textId="7CF2C34D" w:rsidR="0073022B" w:rsidRPr="00563F92" w:rsidRDefault="0073022B" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Osoba nie ma obowiązku przedstawienia dowodów, jeżeli zostały one już wcześniej przedstawione</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w tra</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>kcie innego postępowania</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o udz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ielenie zamówienia organizowanego przez tę samą instytucję zamawiającą</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> a dok</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>umenty są nadal aktualne.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBE3FFA" w14:textId="759924CE" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="051D3D6B">
+    <w:p w14:paraId="0FBE3FFA" w14:textId="0D167529" w:rsidR="00F04B97" w:rsidRPr="00563F92" w:rsidRDefault="00F04B97" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Niżej podpisany(-a) oświadcza, że osoba przedłożyła już takie dokumenty dowodowe do celów wcześniejszego postępowania</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> i pot</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>wierdza, że nie nastąpiły żadne zmiany</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w jej</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> sytuacji: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4786"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F04B97" w:rsidRPr="000C2EE8" w14:paraId="09497FED" w14:textId="77777777" w:rsidTr="051D3D6B">
+      <w:tr w:rsidR="00F04B97" w:rsidRPr="00563F92" w14:paraId="09497FED" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10A913E5" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRPr="00897E28" w:rsidRDefault="00F04B97" w:rsidP="00897E28">
+          <w:p w14:paraId="10A913E5" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRPr="00563F92" w:rsidRDefault="00F04B97" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Dokument</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="416CE2E7" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRPr="00897E28" w:rsidRDefault="00F04B97" w:rsidP="051D3D6B">
+          <w:p w14:paraId="416CE2E7" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRPr="00563F92" w:rsidRDefault="00F04B97" w:rsidP="051D3D6B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Pełne odniesienie do wcześniejszego postępowania</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F04B97" w14:paraId="28701422" w14:textId="77777777" w:rsidTr="051D3D6B">
+      <w:tr w:rsidR="00F04B97" w:rsidRPr="00563F92" w14:paraId="28701422" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63BD6FED" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="00897E28">
+          <w:p w14:paraId="63BD6FED" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRPr="00563F92" w:rsidRDefault="00F04B97" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>W razie potrzeby wstawić dodatkowe wiersze.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="757BC637" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="00EB503C">
+          <w:p w14:paraId="757BC637" w14:textId="77777777" w:rsidR="00F04B97" w:rsidRPr="00563F92" w:rsidRDefault="00F04B97" w:rsidP="00EB503C">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4BF7FC99" w14:textId="30236A27" w:rsidR="008B35EE" w:rsidRDefault="008B35EE" w:rsidP="051D3D6B">
+    <w:p w14:paraId="4BF7FC99" w14:textId="1D4DDADE" w:rsidR="008B35EE" w:rsidRPr="00563F92" w:rsidRDefault="008B35EE" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Osoba nie ma obowiązku przedstawienia dowodów, jeżeli dostęp do nich można uzyskać bezpłatnie</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w kra</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve">jowej bazie danych. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A26509" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRDefault="008B35EE" w:rsidP="051D3D6B">
+    <w:p w14:paraId="03A26509" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRPr="00563F92" w:rsidRDefault="008B35EE" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Niżej podpisany(-a) oświadcza, że dostęp do wymaganych dowodów można uzyskać pod następującym adresem internetowym bazy danych/za pomocą następujących danych identyfikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4786"/>
         <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B35EE" w:rsidRPr="000C2EE8" w14:paraId="7AAC25A1" w14:textId="77777777" w:rsidTr="740E3E08">
+      <w:tr w:rsidR="008B35EE" w:rsidRPr="00563F92" w14:paraId="7AAC25A1" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="080AB4FB" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRPr="00897E28" w:rsidRDefault="008B35EE" w:rsidP="00897E28">
+          <w:p w14:paraId="080AB4FB" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRPr="00563F92" w:rsidRDefault="008B35EE" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>Adres internetowy bazy danych</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DCDC931" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRPr="00897E28" w:rsidRDefault="008B35EE" w:rsidP="00897E28">
+          <w:p w14:paraId="1DCDC931" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRPr="00563F92" w:rsidRDefault="008B35EE" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve">Dane identyfikacyjne dokumentu </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B35EE" w14:paraId="12BE2EA6" w14:textId="77777777" w:rsidTr="740E3E08">
+      <w:tr w:rsidR="008B35EE" w:rsidRPr="00563F92" w14:paraId="12BE2EA6" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="392C809C" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRDefault="008B35EE" w:rsidP="00897E28">
+          <w:p w14:paraId="392C809C" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRPr="00563F92" w:rsidRDefault="008B35EE" w:rsidP="00897E28">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:i/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
               <w:t>W razie potrzeby wstawić dodatkowe wiersze.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4EA288" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRDefault="008B35EE" w:rsidP="00E22F6A">
+          <w:p w14:paraId="7B4EA288" w14:textId="77777777" w:rsidR="008B35EE" w:rsidRPr="00563F92" w:rsidRDefault="008B35EE" w:rsidP="00E22F6A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6DC8BDFA" w14:textId="1EF027BE" w:rsidR="00713108" w:rsidRPr="00403CC8" w:rsidRDefault="00713108" w:rsidP="006B2B45">
+    <w:p w14:paraId="6DC8BDFA" w14:textId="1EF027BE" w:rsidR="00713108" w:rsidRPr="00563F92" w:rsidRDefault="00713108" w:rsidP="006B2B45">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Oświadczenie dotyczące środków ograniczających</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00781ACA" w:rsidRPr="00781ACA" w14:paraId="3DC7322F" w14:textId="77777777" w:rsidTr="44EC6836">
+      <w:tr w:rsidR="00781ACA" w:rsidRPr="00563F92" w14:paraId="3DC7322F" w14:textId="77777777" w:rsidTr="44EC6836">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F4B8612" w14:textId="6623A6E9" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
-[...3 lines deleted...]
-            <w:r w:rsidR="00635845">
+          <w:p w14:paraId="2F4B8612" w14:textId="5A876D65" w:rsidR="00781ACA" w:rsidRPr="00563F92" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>(9) oświadcza, że kandydat/oferent,</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w tym</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> wszyscy członkowie grupy</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w prz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ypadku wspólnego wniosku</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> o dop</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>uszczenie do udziału/wspólnej oferty, podwykonawcy</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> i pod</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>mioty, na których zdolności kandydat/oferent zamierza polegać,</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w sto</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>sownych przypadkach:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F632F5C" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
-            <w:r>
+          <w:p w14:paraId="7F632F5C" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00563F92" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
+            <w:r w:rsidRPr="00563F92">
               <w:t>TAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B1CDFEC" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
-            <w:r>
+          <w:p w14:paraId="1B1CDFEC" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00563F92" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
+            <w:r w:rsidRPr="00563F92">
               <w:t>NIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00781ACA" w:rsidRPr="00781ACA" w14:paraId="360E0C62" w14:textId="77777777" w:rsidTr="44EC6836">
+      <w:tr w:rsidR="00781ACA" w:rsidRPr="00563F92" w14:paraId="360E0C62" w14:textId="77777777" w:rsidTr="44EC6836">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DDCF990" w14:textId="1E1273FA" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00073CDE" w:rsidP="00073CDE">
-            <w:r>
+          <w:p w14:paraId="1DDCF990" w14:textId="248F193E" w:rsidR="00781ACA" w:rsidRPr="00563F92" w:rsidRDefault="00073CDE" w:rsidP="00073CDE">
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve">a) nie są objęci </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
+              <w:r w:rsidRPr="00563F92">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>unijnymi środkami ograniczającymi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> przyjętymi na podstawie art.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>29 Traktatu</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> o Uni</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>i Europejskiej (TUE) lub art.</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00635845">
-[...5 lines deleted...]
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>215 Traktatu</w:t>
+            </w:r>
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> o fun</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>kcjonowaniu Unii Europejskiej (TFUE)</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve">, polegającymi na zakazie udostępniania lub przekazywania środków finansowych lub zasobów gospodarczych lub zapewniania im finansowania lub pomocy finansowej, bezpośrednio lub pośrednio, lub też na zamrożeniu aktywów. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="415EBD8A" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
-            <w:r>
+          <w:p w14:paraId="415EBD8A" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00563F92" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A9A21C2" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
-            <w:r>
+          <w:p w14:paraId="6A9A21C2" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00563F92" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE0026" w:rsidRPr="00563F92" w14:paraId="50F441E7" w14:textId="77777777" w:rsidTr="44EC6836">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FEC1480" w14:textId="403C96E5" w:rsidR="00CE0026" w:rsidRPr="00563F92" w:rsidRDefault="00CE0026" w:rsidP="00073CDE">
             <w:r>
+              <w:t xml:space="preserve">(10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:t xml:space="preserve">oświadczam, że osoba fizyczna lub prawna, która jest członkiem organów administrujących, zarządzających lub nadzorczych osoby lub jest upoważniona do reprezentacji, podejmowania decyzji lub </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:lastRenderedPageBreak/>
+              <w:t>sprawowania kontroli nad osobą (obejmuje to np. dyrektorów przedsiębiorstwa, członków zarządu lub rady nadzorczej oraz przypadki, gdy jedna osoba fizyczna lub prawna jest w posiadaniu większości udziałów), lub beneficjent rzeczywisty takiej osoby (określony w art. 3 pkt 6 dyrektywy (UE) 2015/849) nie znajduje się w jednej z następujących sytuacji:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EDB58C7" w14:textId="0DEDAAE8" w:rsidR="00CE0026" w:rsidRPr="00563F92" w:rsidRDefault="00CE0026" w:rsidP="00781ACA">
+            <w:r w:rsidRPr="00563F92">
+              <w:lastRenderedPageBreak/>
+              <w:t>TAK</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FE9A1E2" w14:textId="4C872F6F" w:rsidR="00CE0026" w:rsidRPr="00563F92" w:rsidRDefault="00CE0026" w:rsidP="00781ACA">
+            <w:r w:rsidRPr="00563F92">
+              <w:t>NIE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE0026" w:rsidRPr="00563F92" w14:paraId="28B31014" w14:textId="77777777" w:rsidTr="44EC6836">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2252095D" w14:textId="3942653D" w:rsidR="00CE0026" w:rsidRPr="00563F92" w:rsidRDefault="00CE0026" w:rsidP="00073CDE">
+            <w:r w:rsidRPr="00563F92">
+              <w:t xml:space="preserve">a) nie są objęci </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00563F92">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>unijnymi środkami ograniczającymi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00563F92">
+              <w:t xml:space="preserve"> przyjętymi na podstawie art. 29 Traktatu o Unii Europejskiej (TUE) lub art. 215 Traktatu o funkcjonowaniu Unii Europejskiej (TFUE)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="8"/>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>, polegającymi na zakazie udostępniania lub przekazywania środków finansowych lub zasobów gospodarczych lub zapewniania im finansowania lub pomocy finansowej, bezpośrednio lub pośrednio, lub też na zamrożeniu aktywów.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="403E0ACE" w14:textId="71072D92" w:rsidR="00CE0026" w:rsidRPr="00563F92" w:rsidRDefault="00CE0026" w:rsidP="00781ACA">
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27314865" w14:textId="3B6C2B2E" w:rsidR="00CE0026" w:rsidRPr="00563F92" w:rsidRDefault="00CE0026" w:rsidP="00781ACA">
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22B2152C" w14:textId="77777777" w:rsidR="005D7CB0" w:rsidRPr="005D7CB0" w:rsidRDefault="005D7CB0" w:rsidP="005D7CB0"/>
-    <w:p w14:paraId="0A2970AE" w14:textId="49E83F14" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="006B2B45">
+    <w:p w14:paraId="22B2152C" w14:textId="77777777" w:rsidR="005D7CB0" w:rsidRPr="00563F92" w:rsidRDefault="005D7CB0" w:rsidP="005D7CB0"/>
+    <w:p w14:paraId="0A2970AE" w14:textId="49E83F14" w:rsidR="006B2B45" w:rsidRPr="00563F92" w:rsidRDefault="006B2B45" w:rsidP="006B2B45">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Hlk203596381"/>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Oświadczenie</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-      <w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> dotyczące stwierdzonego długu wobec Unii </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DCBB562" w14:textId="3950F7AA" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="0013073C" w:rsidP="6FB7994E">
+    <w:p w14:paraId="1DCBB562" w14:textId="401BF73A" w:rsidR="006B2B45" w:rsidRPr="00563F92" w:rsidRDefault="0013073C" w:rsidP="6FB7994E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> (wypełnia jedyny kandydat/oferent lub każdy członek grupy</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>ypadku wspólnego wniosku</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>uszczenie do udziału/wspólnej oferty)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5915DC59" w14:textId="7C7A769B" w:rsidR="00EE7E2B" w:rsidRDefault="00EE7E2B" w:rsidP="00EE7E2B">
+    <w:p w14:paraId="5915DC59" w14:textId="7821BA49" w:rsidR="00EE7E2B" w:rsidRPr="00563F92" w:rsidRDefault="00EE7E2B" w:rsidP="00EE7E2B">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Osoba, która jest jedynym kandydatem/oferentem/członkiem grupy</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ypadku wspólnej wspólnego wniosku</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uszczenie do udziału/wspólnej oferty, składająca wniosek</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uszczenie do udziału/ofertę</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w ram</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ach powyższego postępowania:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14A59500" w14:textId="77777777" w:rsidR="00EE7E2B" w:rsidRDefault="00EE7E2B" w:rsidP="00EE7E2B">
+    <w:p w14:paraId="14A59500" w14:textId="77777777" w:rsidR="00EE7E2B" w:rsidRPr="00563F92" w:rsidRDefault="00EE7E2B" w:rsidP="00EE7E2B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006B2B45" w:rsidRPr="006B0A89" w14:paraId="38621178" w14:textId="77777777" w:rsidTr="051D3D6B">
+      <w:tr w:rsidR="006B2B45" w:rsidRPr="00563F92" w14:paraId="38621178" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CEFFAC7" w14:textId="00C71D5B" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="00920214" w:rsidP="006B0A89">
+          <w:p w14:paraId="5CEFFAC7" w14:textId="448CE1B5" w:rsidR="006B2B45" w:rsidRPr="00563F92" w:rsidRDefault="00920214" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-              <w:t>10) oświadcza, że osoba:</w:t>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A91C86">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>) oświadcza, że osoba:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D747CEE" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
+          <w:p w14:paraId="7D747CEE" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="00563F92" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>TAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78E9B217" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
+          <w:p w14:paraId="78E9B217" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="00563F92" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>NIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B2B45" w14:paraId="119AF60A" w14:textId="77777777" w:rsidTr="051D3D6B">
+      <w:tr w:rsidR="006B2B45" w:rsidRPr="00563F92" w14:paraId="119AF60A" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2544FED7" w14:textId="320CDAB9" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="00EE7E2B" w:rsidP="051D3D6B">
+          <w:p w14:paraId="2544FED7" w14:textId="320CDAB9" w:rsidR="006B2B45" w:rsidRPr="00563F92" w:rsidRDefault="00EE7E2B" w:rsidP="051D3D6B">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>a) posiada stwierdzony dług wobec Unii, Europejskiej Wspólnoty Energii Atomowej lub agencji wykonawczej, gdy wykonuje ona budżet Unii.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62F13434" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
+          <w:p w14:paraId="62F13434" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="00563F92" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A6C8E46" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
+          <w:p w14:paraId="5A6C8E46" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="00563F92" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="171E4AF4" w14:textId="20CC95AF" w:rsidR="00340E14" w:rsidRPr="006B0A89" w:rsidRDefault="00340E14" w:rsidP="00340E14">
+    <w:p w14:paraId="171E4AF4" w14:textId="20CC95AF" w:rsidR="00340E14" w:rsidRPr="00563F92" w:rsidRDefault="00340E14" w:rsidP="00340E14">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve">Oświadczenie dotyczące złożonej oferty </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D66B10A" w14:textId="6A15A1ED" w:rsidR="00765179" w:rsidRPr="000C6B51" w:rsidRDefault="00765179" w:rsidP="570F7154">
+    <w:p w14:paraId="7D66B10A" w14:textId="1545C45D" w:rsidR="00765179" w:rsidRPr="00563F92" w:rsidRDefault="00765179" w:rsidP="570F7154">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:noProof/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>(wypełnia jedyny kandydat/oferent lub lider grupy</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>ypadku wspólnego wniosku</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>uszczenie do udziału/wspólnej oferty)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44652C08" w14:textId="6117B148" w:rsidR="743C92D7" w:rsidRDefault="743C92D7" w:rsidP="30C4CF82">
+    <w:p w14:paraId="44652C08" w14:textId="1A8FC39A" w:rsidR="743C92D7" w:rsidRPr="00563F92" w:rsidRDefault="743C92D7" w:rsidP="30C4CF82">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>W przypadku postępowania</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> z pod</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ziałem na części stwierdzenia</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w czę</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ści E mają zastosowanie do części,</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w odn</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidRPr="00563F92">
+        <w:t>iesieniu do której(-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>ych</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>) złożono wniosek</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>uszczenie do udziału/ofertę.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9756" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8288"/>
         <w:gridCol w:w="710"/>
         <w:gridCol w:w="758"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000F6EA2" w14:paraId="022E046F" w14:textId="77777777" w:rsidTr="051D3D6B">
+      <w:tr w:rsidR="000F6EA2" w:rsidRPr="00563F92" w14:paraId="022E046F" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09C4ACC7" w14:textId="71BDD4F7" w:rsidR="000F6EA2" w:rsidRDefault="00C210FF" w:rsidP="00C210FF">
+          <w:p w14:paraId="09C4ACC7" w14:textId="1A338416" w:rsidR="000F6EA2" w:rsidRPr="00563F92" w:rsidRDefault="00C210FF" w:rsidP="00C210FF">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...4 lines deleted...]
-              <w:t>11) oświadcza, że osoba:</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A91C86">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00563F92">
+              <w:t>) oświadcza, że osoba:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59250AC2" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
+          <w:p w14:paraId="59250AC2" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRPr="00563F92" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>TAK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1AA4B7" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
+          <w:p w14:paraId="7D1AA4B7" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRPr="00563F92" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t>NIE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F6EA2" w14:paraId="787F342E" w14:textId="77777777" w:rsidTr="051D3D6B">
+      <w:tr w:rsidR="000F6EA2" w:rsidRPr="00563F92" w14:paraId="787F342E" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7975BFE1" w14:textId="1652FBB1" w:rsidR="000F6EA2" w:rsidRDefault="000C6B51" w:rsidP="051D3D6B">
+          <w:p w14:paraId="7975BFE1" w14:textId="118073DB" w:rsidR="000F6EA2" w:rsidRPr="00563F92" w:rsidRDefault="000C6B51" w:rsidP="051D3D6B">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve">a) </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>przygotowała złożoną ofertę</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>zobowiązuje się do przygotowania oferty (w przypadku zaproszenia do złożenia oferty)</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w peł</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>nej niezależności</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> i aut</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>onomii od innych ofert złożonych</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> w ram</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ach tego samego postępowania</w:t>
             </w:r>
-            <w:r w:rsidR="00635845">
+            <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
               <w:t xml:space="preserve"> o udz</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>ielenie zamówienia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="354F15FF" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
+          <w:p w14:paraId="354F15FF" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRPr="00563F92" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="360BA9D6" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
+          <w:p w14:paraId="360BA9D6" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRPr="00563F92" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="37B931D2" w14:textId="77777777" w:rsidR="00D6012C" w:rsidRDefault="00D6012C" w:rsidP="004D4F4A">
+    <w:p w14:paraId="37B931D2" w14:textId="77777777" w:rsidR="00D6012C" w:rsidRPr="00563F92" w:rsidRDefault="00D6012C" w:rsidP="004D4F4A">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28BFCDAB" w14:textId="48B03E7E" w:rsidR="00670F39" w:rsidRDefault="00670F39" w:rsidP="004D4F4A">
+    <w:p w14:paraId="28BFCDAB" w14:textId="38648048" w:rsidR="00670F39" w:rsidRPr="00563F92" w:rsidRDefault="00670F39" w:rsidP="004D4F4A">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:noProof/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>Osoba musi niezwłocznie powiadomić instytucję zamawiającą, jeśli</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> w zad</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>eklarowanej przez nią sytuacji zaszły jakiekolwiek zmiany.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB55991" w14:textId="77777777" w:rsidR="00670F39" w:rsidRDefault="00670F39" w:rsidP="004D4F4A">
+    <w:p w14:paraId="0AB55991" w14:textId="77777777" w:rsidR="00670F39" w:rsidRPr="00563F92" w:rsidRDefault="00670F39" w:rsidP="004D4F4A">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16F448EE" w14:textId="0ED2F46C" w:rsidR="00BA61F8" w:rsidRPr="0024225B" w:rsidRDefault="00BA61F8" w:rsidP="004D4F4A">
+    <w:p w14:paraId="16F448EE" w14:textId="6D6FF4E0" w:rsidR="00BA61F8" w:rsidRPr="00563F92" w:rsidRDefault="00BA61F8" w:rsidP="004D4F4A">
       <w:pPr>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:i/>
-          <w:noProof/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Osoba może podlegać odrzuceniu</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> z nin</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>iejszego postępowania oraz sankcjom administracyjnym (wykluczeniu lub karze finansowej), jeżeli którekolwiek ze złożonych przez niego oświadczeń lub którakolwiek</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> z prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>edstawionych przez niego informacji będących warunkiem udziału</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> w tym</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> postępowaniu okażą się fałszywe.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BB38143" w14:textId="77777777" w:rsidR="003F19C9" w:rsidRDefault="003F19C9" w:rsidP="004A4B4A">
+    <w:p w14:paraId="7BB38143" w14:textId="77777777" w:rsidR="003F19C9" w:rsidRPr="00563F92" w:rsidRDefault="003F19C9" w:rsidP="004A4B4A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5652B8A9" w14:textId="43B2962C" w:rsidR="00522736" w:rsidRDefault="004D4F4A" w:rsidP="004A4B4A">
+    <w:p w14:paraId="5652B8A9" w14:textId="03A2154D" w:rsidR="00522736" w:rsidRPr="00563F92" w:rsidRDefault="004D4F4A" w:rsidP="004A4B4A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Pełne imię</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> i naz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>wisko:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F5C3CA0" w14:textId="4ADE4B77" w:rsidR="00522736" w:rsidRDefault="00DA410F" w:rsidP="004A4B4A">
+    <w:p w14:paraId="4F5C3CA0" w14:textId="4ADE4B77" w:rsidR="00522736" w:rsidRPr="00563F92" w:rsidRDefault="00DA410F" w:rsidP="004A4B4A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Data:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F448F0" w14:textId="42F52720" w:rsidR="00DA410F" w:rsidRPr="00F76ABA" w:rsidRDefault="00DA410F" w:rsidP="004A4B4A">
+    <w:p w14:paraId="16F448F0" w14:textId="42F52720" w:rsidR="00DA410F" w:rsidRPr="00563F92" w:rsidRDefault="00DA410F" w:rsidP="004A4B4A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4395"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:t>Podpis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F448F1" w14:textId="7A2215E0" w:rsidR="00DA410F" w:rsidRPr="002870DB" w:rsidRDefault="00DA410F" w:rsidP="004D4F4A">
-[...6 lines deleted...]
-    <w:p w14:paraId="53986040" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84">
+    <w:p w14:paraId="16F448F1" w14:textId="7A2215E0" w:rsidR="00DA410F" w:rsidRPr="00563F92" w:rsidRDefault="00DA410F" w:rsidP="004D4F4A"/>
+    <w:p w14:paraId="53986040" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Oświadczenie należy podpisać:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17B153CA" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
+    <w:p w14:paraId="17B153CA" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08E82C60" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
+    <w:p w14:paraId="08E82C60" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>za pomocą podpisu elektronicznego (zalecana opcja):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DFB16FF" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
+    <w:p w14:paraId="4DFB16FF" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34AE105A" w14:textId="6ACF35CC" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
+    <w:p w14:paraId="34AE105A" w14:textId="4908CB9B" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Jeżeli istnieje możliwość podpisania oświadczenia przy użyciu kwalifikowanego podpisu elektronicznego (QES), powinno ono zostać podpisane elektronicznie przez upoważnionego przedstawiciela lub upoważnionych przedstawicieli. Należy pamiętać, że akceptowany będzie wyłącznie kwalifikowany podpis elektroniczny</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> w roz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">umieniu rozporządzenia (UE) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00635845">
+        <w:t>umieniu rozporządzenia (UE) nr</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>nr</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00635845" w:rsidRPr="00635845">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00635845">
+        <w:t xml:space="preserve">910/2014 (rozporządzenie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>eIDAS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve">10/2014 (rozporządzenie eIDAS). </w:t>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B60CC3" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
+    <w:p w14:paraId="14B60CC3" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="271453EE" w14:textId="1C2C1DFE" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84">
+    <w:p w14:paraId="271453EE" w14:textId="17FEC81B" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Przed odesłaniem podpisanego elektronicznie dokumentu należy sprawdzić podpis</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> i waż</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>ność certyfikatu przy użyciu jednego</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> z nas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>tępujących narzędzi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E4A90D" w14:textId="668405D5" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
+    <w:p w14:paraId="51E4A90D" w14:textId="6330C053" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Za pomocą demonstracyjnego narzędzia do weryfikacji (DSS) dostępnego na stronie </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
-        <w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="00563F92">
           <w:rPr>
             <w:highlight w:val="lightGray"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>można sprawdzić ważność certyfikatu, podając liczbę</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> i rod</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>zaj ważnych podpisów na dokumencie.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C363E86" w14:textId="0D5B3AD6" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
+    <w:p w14:paraId="4C363E86" w14:textId="306AE66A" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>W celu sprawdzenia, czy dostawca podpisu elektronicznego</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> i świ</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>adczona przez niego usługa zaufania znajdują się na zaufanej liście Unii Europejskiej można skorzystać</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> z prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">eglądarki zaufanej listy UE: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:anchor="/screen/home">
-        <w:r>
+      <w:hyperlink r:id="rId15" w:anchor="/screen/home">
+        <w:r w:rsidRPr="00563F92">
           <w:rPr>
             <w:i/>
             <w:highlight w:val="lightGray"/>
           </w:rPr>
           <w:t>https://esignature.ec.europa.eu/efda/tl-browser/#/screen/home</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58097C9C" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
+    <w:p w14:paraId="58097C9C" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7EFE5604" w14:textId="55C347B4" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
+    <w:p w14:paraId="7EFE5604" w14:textId="4389561E" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Aby upewnić się, że wykorzystywany kwalifikowany podpis elektroniczny jest zgodny</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> z roz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>porządzeniem eIDAS, należy sprawdzić, czy zarówno dostawca usługi, jak</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00635845">
+        <w:t xml:space="preserve">porządzeniem </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve"> i wyk</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>eIDAS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>orzystywana usługa generowania certyfikatów kwalifikowanych figurują</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00635845">
+        <w:t>, należy sprawdzić, czy zarówno dostawca usługi, jak</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t xml:space="preserve"> w prz</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> i wyk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
+        <w:t>orzystywana usługa generowania certyfikatów kwalifikowanych figurują</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w prz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563F92">
+        <w:rPr>
+          <w:i/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
         <w:t>eglądarce zaufanej listy UE.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E36E67D" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
+    <w:p w14:paraId="7E36E67D" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B35402D" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84">
+    <w:p w14:paraId="1B35402D" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>własnoręcznie:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64EBAE13" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
+    <w:p w14:paraId="64EBAE13" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B4AD373" w14:textId="766DA2D8" w:rsidR="00454D84" w:rsidRPr="006B2B45" w:rsidRDefault="00454D84" w:rsidP="004D4F4A">
+    <w:p w14:paraId="6B4AD373" w14:textId="46A731C2" w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidRDefault="00454D84" w:rsidP="004D4F4A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Jeżeli nie istnieje możliwość podpisania oświadczenia przy użyciu kwalifikowanego podpisu elektronicznego, oświadczenie należy wypełnić elektronicznie,</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> a nas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>tępnie wydrukować, po czym powinno ono zostać opatrzone datą</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> i pod</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>pisane własnoręcznie przez upoważnionego przedstawiciela lub upoważnionych przedstawicieli.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00454D84" w:rsidRPr="006B2B45" w:rsidSect="001D72E4">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+    <w:sectPr w:rsidR="00454D84" w:rsidRPr="00563F92" w:rsidSect="001D72E4">
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B44A20C" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
-      <w:r>
+    <w:p w14:paraId="26ECFEA0" w14:textId="77777777" w:rsidR="009E038E" w:rsidRPr="00563F92" w:rsidRDefault="009E038E">
+      <w:r w:rsidRPr="00563F92">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="518A538A" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
-      <w:r>
+    <w:p w14:paraId="76C33E51" w14:textId="77777777" w:rsidR="009E038E" w:rsidRPr="00563F92" w:rsidRDefault="009E038E">
+      <w:r w:rsidRPr="00563F92">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="03774AAF" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E"/>
+    <w:p w14:paraId="51D87646" w14:textId="77777777" w:rsidR="009E038E" w:rsidRPr="00563F92" w:rsidRDefault="009E038E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -10547,674 +10161,647 @@
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3C22852C" w14:textId="77777777" w:rsidR="00A51213" w:rsidRDefault="00A51213">
+  <w:p w14:paraId="3C22852C" w14:textId="77777777" w:rsidR="00A51213" w:rsidRPr="00563F92" w:rsidRDefault="00A51213">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1795981518"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="08123FA5" w14:textId="0762C965" w:rsidR="00585B73" w:rsidRDefault="00585B73" w:rsidP="00370A7F">
+          <w:p w14:paraId="08123FA5" w14:textId="0762C965" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73" w:rsidP="00370A7F">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:t>Strona</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGE </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> z </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00563F92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="65B8CF84" w14:textId="77777777" w:rsidR="00585B73" w:rsidRDefault="00585B73">
+  <w:p w14:paraId="65B8CF84" w14:textId="77777777" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="42EBA7AE" w14:textId="70FD2B71" w:rsidR="00585B73" w:rsidRPr="00D6012C" w:rsidRDefault="00585B73">
+  <w:p w14:paraId="42EBA7AE" w14:textId="70FD2B71" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="247F4E4D" w14:textId="77777777" w:rsidR="00585B73" w:rsidRDefault="00585B73">
+  <w:p w14:paraId="247F4E4D" w14:textId="77777777" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20CAD0A3" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
-      <w:r>
+    <w:p w14:paraId="5612B4D0" w14:textId="77777777" w:rsidR="009E038E" w:rsidRPr="00563F92" w:rsidRDefault="009E038E">
+      <w:r w:rsidRPr="00563F92">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24CF8C5F" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
-      <w:r>
+    <w:p w14:paraId="333A5CC8" w14:textId="77777777" w:rsidR="009E038E" w:rsidRPr="00563F92" w:rsidRDefault="009E038E">
+      <w:r w:rsidRPr="00563F92">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0C75502B" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E"/>
+    <w:p w14:paraId="434E5136" w14:textId="77777777" w:rsidR="009E038E" w:rsidRPr="00563F92" w:rsidRDefault="009E038E"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="61539AC3" w14:textId="46EF5ACC" w:rsidR="00585B73" w:rsidRPr="009857B0" w:rsidRDefault="00585B73">
+    <w:p w14:paraId="61539AC3" w14:textId="46EF5ACC" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> Ta sama instytucja, agencja, organ lub jednostka organizacyjna UE. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="77A259E1" w14:textId="4762DE69" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
+    <w:p w14:paraId="77A259E1" w14:textId="363A1488" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> „</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>zaangażowany podmiot</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>” to każdy podmiot gospodarczy zaangażowany we wniosek</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>uszczenie do udziału/ofertę. Pojęcie to obejmuje następujące cztery kategorie podmiotów gospodarczych:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5F011B" w14:textId="797285D5" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
+    <w:p w14:paraId="2A5F011B" w14:textId="797285D5" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">kandydat/oferent pojedynczy; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19BA1FBC" w14:textId="2C250D2D" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
+    <w:p w14:paraId="19BA1FBC" w14:textId="16595653" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>członkowie grupy (w tym lider grupy)</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ypadku wspólnego wniosku</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> o dop</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">uszczenie do udziału/wspólnej oferty; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1460283F" w14:textId="114CC700" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
+    <w:p w14:paraId="1460283F" w14:textId="114CC700" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">wskazani podwykonawcy; oraz </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47F4AE29" w14:textId="2DDA3F59" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
+    <w:p w14:paraId="47F4AE29" w14:textId="3DADF63A" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>inne podmioty (niebędące podwykonawcami), na których zdolności opiera się kandydat/oferent</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> w cel</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>u spełnienia kryteriów kwalifikacji.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE9C146" w14:textId="10CA3A5B" w:rsidR="00585B73" w:rsidRPr="004C0A40" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
+    <w:p w14:paraId="5BE9C146" w14:textId="10CA3A5B" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="60E27032" w14:textId="1E922727" w:rsidR="002254B5" w:rsidRPr="00295BCF" w:rsidRDefault="002254B5" w:rsidP="00295BCF">
+    <w:p w14:paraId="7F511AE8" w14:textId="66833187" w:rsidR="00211706" w:rsidRPr="00563F92" w:rsidRDefault="00211706">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
-[...72 lines deleted...]
-        <w:t xml:space="preserve"> rozporządzenia finansowego.</w:t>
+      <w:r w:rsidRPr="00563F92">
+        <w:t xml:space="preserve"> W przypadku odpowiedzi twierdzącej na którekolwiek</w:t>
+      </w:r>
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
+        <w:t xml:space="preserve"> z pyt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>ań, proszę podać szczegółowe informacje uznawane za stosowne.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="79038C83" w14:textId="46E5ADA1" w:rsidR="00585B73" w:rsidRPr="00EA6BA4" w:rsidRDefault="00585B73">
+    <w:p w14:paraId="79038C83" w14:textId="46E5ADA1" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> Ta sama instytucja, agencja, organ lub jednostka organizacyjna UE.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="691476B8" w14:textId="175A7801" w:rsidR="00585B73" w:rsidRPr="00EA6BA4" w:rsidRDefault="00585B73" w:rsidP="0073022B">
+    <w:p w14:paraId="691476B8" w14:textId="175A7801" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73" w:rsidP="0073022B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> Ta sama instytucja, agencja, organ lub jednostka organizacyjna UE.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="778927A2" w14:textId="3CA114AE" w:rsidR="0008506D" w:rsidRPr="00E07552" w:rsidRDefault="0008506D" w:rsidP="0008506D">
+    <w:p w14:paraId="778927A2" w14:textId="571D624F" w:rsidR="0008506D" w:rsidRPr="00563F92" w:rsidRDefault="0008506D" w:rsidP="0008506D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:rPr>
           <w:i/>
-          <w:iCs/>
         </w:rPr>
         <w:t>Dziennik Urzędowy Unii Europejskiej</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> zawiera oficjalny wykaz podmiotów i –</w:t>
       </w:r>
-      <w:r w:rsidR="00635845">
+      <w:r w:rsidR="00563F92" w:rsidRPr="00563F92">
         <w:t xml:space="preserve"> w prz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t>ypadku rozbieżności interpretacji – jego treść ma pierwszeństwo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C271E7" w14:textId="77777777" w:rsidR="0008506D" w:rsidRPr="00E07552" w:rsidRDefault="0008506D" w:rsidP="0008506D">
+    <w:p w14:paraId="63C271E7" w14:textId="77777777" w:rsidR="0008506D" w:rsidRPr="00563F92" w:rsidRDefault="0008506D" w:rsidP="0008506D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
         <w:t xml:space="preserve">wobec </w:t>
       </w:r>
       <w:hyperlink w:anchor="/main" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="00563F92">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>mapy unijnych sankcji</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="00563F92">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="8">
+    <w:p w14:paraId="4332A64F" w14:textId="77777777" w:rsidR="00CE0026" w:rsidRPr="00563F92" w:rsidRDefault="00CE0026" w:rsidP="00CE0026">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00563F92">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563F92">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Dziennik Urzędowy Unii Europejskiej</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563F92">
+        <w:t xml:space="preserve"> zawiera oficjalny wykaz podmiotów i – w przypadku rozbieżności interpretacji – jego treść ma pierwszeństwo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0922F3AD" w14:textId="77777777" w:rsidR="00CE0026" w:rsidRPr="00563F92" w:rsidRDefault="00CE0026" w:rsidP="00CE0026">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00563F92">
+        <w:t xml:space="preserve">wobec </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="/main" w:history="1">
+        <w:r w:rsidRPr="00563F92">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>mapy unijnych sankcji</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00563F92">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0D86A89D" w14:textId="77777777" w:rsidR="00A51213" w:rsidRDefault="00A51213">
+  <w:p w14:paraId="0D86A89D" w14:textId="77777777" w:rsidR="00A51213" w:rsidRPr="00563F92" w:rsidRDefault="00A51213">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2694530D" w14:textId="65C6BE40" w:rsidR="00585B73" w:rsidRDefault="00585B73" w:rsidP="001D72E4">
+  <w:p w14:paraId="2694530D" w14:textId="75EBB3FE" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73" w:rsidP="001D72E4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00563F92">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>Wersja z lipca 2025 r.</w:t>
+      <w:t>Wersja z października 2025 r.</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="42189F54" w14:textId="77777777" w:rsidR="00585B73" w:rsidRDefault="00585B73">
+  <w:p w14:paraId="42189F54" w14:textId="77777777" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="16F448F6" w14:textId="24A0B937" w:rsidR="00585B73" w:rsidRPr="00370A7F" w:rsidRDefault="00585B73">
+  <w:p w14:paraId="16F448F6" w14:textId="24A0B937" w:rsidR="00585B73" w:rsidRPr="00563F92" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00563F92">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Wersja z lipca 2022 r.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F32C732E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
@@ -12173,56 +11760,56 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21934A21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="85467836"/>
-[...4 lines deleted...]
-      <w:lvlJc w:val="right"/>
+    <w:tmpl w:val="975043B8"/>
+    <w:lvl w:ilvl="0" w:tplc="18090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -12369,51 +11956,51 @@
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CF440C6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="696488D8"/>
+    <w:tmpl w:val="506214EC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -12449,51 +12036,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E116DC0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B5A89F84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="­"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="283"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E5C38F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FC8053EE"/>
+    <w:tmpl w:val="AF3864A0"/>
     <w:lvl w:ilvl="0" w:tplc="18090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
@@ -12648,51 +12235,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FA80CBD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F2FAF072"/>
+    <w:tmpl w:val="2B9C8D04"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -13567,51 +13154,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48A537A3"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="1E248E64"/>
+    <w:tmpl w:val="EDDA69D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -13884,51 +13471,51 @@
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E12590F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="853233E6"/>
+    <w:tmpl w:val="00565534"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -15613,293 +15200,305 @@
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="1583106452">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="920918386">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="1036740600">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="51" w16cid:durableId="719672450">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="52" w16cid:durableId="19206077">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="51"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="0"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="LW_DocType" w:val="NORMAL"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00DA410F"/>
     <w:rsid w:val="000000DA"/>
     <w:rsid w:val="000001AD"/>
     <w:rsid w:val="00000D90"/>
     <w:rsid w:val="00001697"/>
     <w:rsid w:val="00011D8F"/>
     <w:rsid w:val="000134F6"/>
     <w:rsid w:val="00014289"/>
     <w:rsid w:val="0001478E"/>
     <w:rsid w:val="00015453"/>
     <w:rsid w:val="00021420"/>
     <w:rsid w:val="0003236B"/>
+    <w:rsid w:val="000425CB"/>
     <w:rsid w:val="00042DF5"/>
     <w:rsid w:val="00044C7D"/>
     <w:rsid w:val="00055F7F"/>
     <w:rsid w:val="00057312"/>
     <w:rsid w:val="00060716"/>
     <w:rsid w:val="00064BE7"/>
     <w:rsid w:val="00072088"/>
     <w:rsid w:val="00073CDE"/>
     <w:rsid w:val="00074059"/>
     <w:rsid w:val="00083DDE"/>
     <w:rsid w:val="0008506D"/>
     <w:rsid w:val="000853F7"/>
     <w:rsid w:val="00086029"/>
     <w:rsid w:val="00086A53"/>
+    <w:rsid w:val="000A07E9"/>
     <w:rsid w:val="000A0BA5"/>
     <w:rsid w:val="000A49B6"/>
     <w:rsid w:val="000A6F71"/>
     <w:rsid w:val="000B1CF8"/>
     <w:rsid w:val="000B2CF0"/>
     <w:rsid w:val="000B34D3"/>
     <w:rsid w:val="000B67F3"/>
     <w:rsid w:val="000B752C"/>
     <w:rsid w:val="000C2EE8"/>
     <w:rsid w:val="000C3409"/>
     <w:rsid w:val="000C3A13"/>
     <w:rsid w:val="000C68B3"/>
     <w:rsid w:val="000C6B51"/>
     <w:rsid w:val="000D27F5"/>
     <w:rsid w:val="000D41F1"/>
     <w:rsid w:val="000D5F0F"/>
+    <w:rsid w:val="000E044C"/>
     <w:rsid w:val="000E2E14"/>
     <w:rsid w:val="000E6D3C"/>
-    <w:rsid w:val="000E6F94"/>
     <w:rsid w:val="000F3EF8"/>
     <w:rsid w:val="000F40A3"/>
     <w:rsid w:val="000F5F4E"/>
     <w:rsid w:val="000F6EA2"/>
     <w:rsid w:val="00100A54"/>
     <w:rsid w:val="0010150F"/>
     <w:rsid w:val="0010484E"/>
     <w:rsid w:val="00105C02"/>
     <w:rsid w:val="0011021A"/>
     <w:rsid w:val="00110C98"/>
     <w:rsid w:val="00113FC7"/>
     <w:rsid w:val="0011512C"/>
     <w:rsid w:val="0011661C"/>
     <w:rsid w:val="00116FF1"/>
     <w:rsid w:val="00121829"/>
     <w:rsid w:val="001228C9"/>
+    <w:rsid w:val="001257B8"/>
     <w:rsid w:val="0012614D"/>
     <w:rsid w:val="0013073C"/>
     <w:rsid w:val="00131972"/>
     <w:rsid w:val="00133437"/>
     <w:rsid w:val="00134415"/>
     <w:rsid w:val="00151408"/>
     <w:rsid w:val="001524A7"/>
     <w:rsid w:val="001536C7"/>
     <w:rsid w:val="00154CF6"/>
     <w:rsid w:val="00156071"/>
     <w:rsid w:val="001564B0"/>
     <w:rsid w:val="00161151"/>
     <w:rsid w:val="001633A3"/>
     <w:rsid w:val="00165F76"/>
     <w:rsid w:val="00170A83"/>
     <w:rsid w:val="00171B85"/>
     <w:rsid w:val="001751BC"/>
     <w:rsid w:val="00176DEC"/>
     <w:rsid w:val="00180151"/>
     <w:rsid w:val="00182B46"/>
+    <w:rsid w:val="00182D13"/>
     <w:rsid w:val="00184B3F"/>
     <w:rsid w:val="00191BB4"/>
     <w:rsid w:val="001969D1"/>
     <w:rsid w:val="001A2EAD"/>
     <w:rsid w:val="001A6E91"/>
     <w:rsid w:val="001A7789"/>
     <w:rsid w:val="001A7C0B"/>
     <w:rsid w:val="001B17EB"/>
     <w:rsid w:val="001B3771"/>
     <w:rsid w:val="001B5619"/>
     <w:rsid w:val="001C14D3"/>
     <w:rsid w:val="001C31D5"/>
+    <w:rsid w:val="001C4395"/>
     <w:rsid w:val="001C4F29"/>
     <w:rsid w:val="001C5CDF"/>
     <w:rsid w:val="001D72E4"/>
     <w:rsid w:val="001D7FA6"/>
     <w:rsid w:val="001E0D73"/>
     <w:rsid w:val="001E1AF4"/>
     <w:rsid w:val="001E25F2"/>
     <w:rsid w:val="001E33AE"/>
     <w:rsid w:val="001F135A"/>
     <w:rsid w:val="001F4321"/>
     <w:rsid w:val="0020320A"/>
     <w:rsid w:val="00204059"/>
     <w:rsid w:val="00206746"/>
     <w:rsid w:val="002071B5"/>
     <w:rsid w:val="00210CBD"/>
+    <w:rsid w:val="00211706"/>
     <w:rsid w:val="002121C3"/>
     <w:rsid w:val="0021259E"/>
     <w:rsid w:val="0021265F"/>
     <w:rsid w:val="00214D18"/>
     <w:rsid w:val="002151DC"/>
     <w:rsid w:val="0021662F"/>
     <w:rsid w:val="0021695B"/>
     <w:rsid w:val="0022078F"/>
     <w:rsid w:val="00221F81"/>
     <w:rsid w:val="0022226B"/>
     <w:rsid w:val="00222C6A"/>
     <w:rsid w:val="0022529D"/>
     <w:rsid w:val="002254B5"/>
     <w:rsid w:val="00227415"/>
     <w:rsid w:val="00230ACC"/>
     <w:rsid w:val="00235961"/>
     <w:rsid w:val="0024225B"/>
     <w:rsid w:val="00247570"/>
     <w:rsid w:val="00250E38"/>
     <w:rsid w:val="00251321"/>
     <w:rsid w:val="002523BC"/>
     <w:rsid w:val="002610C3"/>
+    <w:rsid w:val="00262DC7"/>
     <w:rsid w:val="00265657"/>
     <w:rsid w:val="00267A4E"/>
     <w:rsid w:val="00267DD7"/>
     <w:rsid w:val="00272C76"/>
     <w:rsid w:val="002737A5"/>
     <w:rsid w:val="0027592E"/>
     <w:rsid w:val="00276307"/>
     <w:rsid w:val="002775C9"/>
     <w:rsid w:val="00282169"/>
     <w:rsid w:val="002870DB"/>
     <w:rsid w:val="00290AC9"/>
     <w:rsid w:val="00292B05"/>
     <w:rsid w:val="002938BC"/>
     <w:rsid w:val="00293915"/>
     <w:rsid w:val="00295526"/>
     <w:rsid w:val="00295BCF"/>
     <w:rsid w:val="00295EA5"/>
     <w:rsid w:val="002966E6"/>
     <w:rsid w:val="002A09B7"/>
     <w:rsid w:val="002A328B"/>
     <w:rsid w:val="002B27B2"/>
     <w:rsid w:val="002B2ABE"/>
     <w:rsid w:val="002B54BD"/>
     <w:rsid w:val="002B5569"/>
     <w:rsid w:val="002B7336"/>
+    <w:rsid w:val="002B7953"/>
     <w:rsid w:val="002C1324"/>
+    <w:rsid w:val="002C3BC2"/>
     <w:rsid w:val="002C56EC"/>
     <w:rsid w:val="002C76EE"/>
     <w:rsid w:val="002D4768"/>
     <w:rsid w:val="002D7022"/>
     <w:rsid w:val="002E016A"/>
     <w:rsid w:val="002E3945"/>
     <w:rsid w:val="002E4DDF"/>
     <w:rsid w:val="002E7FE3"/>
     <w:rsid w:val="002F0D05"/>
     <w:rsid w:val="002F4D73"/>
     <w:rsid w:val="002F6C60"/>
     <w:rsid w:val="00300E03"/>
     <w:rsid w:val="00304736"/>
     <w:rsid w:val="0030486A"/>
     <w:rsid w:val="00304E61"/>
     <w:rsid w:val="003154CD"/>
     <w:rsid w:val="00316C13"/>
     <w:rsid w:val="00321B2B"/>
     <w:rsid w:val="00325E5A"/>
     <w:rsid w:val="00327EBE"/>
     <w:rsid w:val="00332821"/>
     <w:rsid w:val="00333F36"/>
     <w:rsid w:val="0033485A"/>
     <w:rsid w:val="0033520A"/>
     <w:rsid w:val="00340E14"/>
     <w:rsid w:val="00343F23"/>
     <w:rsid w:val="003443FA"/>
     <w:rsid w:val="00345F5A"/>
-    <w:rsid w:val="00345FE6"/>
     <w:rsid w:val="00354B2E"/>
     <w:rsid w:val="00357A64"/>
     <w:rsid w:val="00357CC2"/>
     <w:rsid w:val="003606C5"/>
     <w:rsid w:val="00360DC9"/>
     <w:rsid w:val="00360EF5"/>
     <w:rsid w:val="00366D34"/>
     <w:rsid w:val="00366F7A"/>
     <w:rsid w:val="00366FB4"/>
     <w:rsid w:val="00370A7F"/>
     <w:rsid w:val="0037368F"/>
     <w:rsid w:val="003738BE"/>
+    <w:rsid w:val="0037431C"/>
     <w:rsid w:val="003761DA"/>
     <w:rsid w:val="00376A09"/>
     <w:rsid w:val="0038404C"/>
     <w:rsid w:val="00384EE5"/>
     <w:rsid w:val="003865BE"/>
     <w:rsid w:val="0039104C"/>
     <w:rsid w:val="0039338B"/>
     <w:rsid w:val="0039595B"/>
     <w:rsid w:val="003974B8"/>
+    <w:rsid w:val="003A08B5"/>
     <w:rsid w:val="003A427B"/>
     <w:rsid w:val="003A74F8"/>
     <w:rsid w:val="003B3A9F"/>
     <w:rsid w:val="003B478B"/>
     <w:rsid w:val="003B523C"/>
     <w:rsid w:val="003B63B8"/>
     <w:rsid w:val="003B6ACF"/>
     <w:rsid w:val="003B7314"/>
+    <w:rsid w:val="003C155E"/>
     <w:rsid w:val="003C6B78"/>
     <w:rsid w:val="003C7E81"/>
     <w:rsid w:val="003D0FB8"/>
     <w:rsid w:val="003E2874"/>
     <w:rsid w:val="003E38BD"/>
     <w:rsid w:val="003E3BA0"/>
     <w:rsid w:val="003E4DCC"/>
     <w:rsid w:val="003E5E5C"/>
     <w:rsid w:val="003E77E7"/>
     <w:rsid w:val="003F19C9"/>
     <w:rsid w:val="003F4DFC"/>
     <w:rsid w:val="003F57E2"/>
     <w:rsid w:val="003F754E"/>
     <w:rsid w:val="004025EE"/>
     <w:rsid w:val="00403CC8"/>
     <w:rsid w:val="0040714B"/>
     <w:rsid w:val="00410AC2"/>
     <w:rsid w:val="004123FC"/>
     <w:rsid w:val="00413D8C"/>
     <w:rsid w:val="00420D17"/>
     <w:rsid w:val="00421C45"/>
     <w:rsid w:val="00422300"/>
     <w:rsid w:val="0042262A"/>
     <w:rsid w:val="00424EC0"/>
     <w:rsid w:val="00425174"/>
@@ -15913,141 +15512,146 @@
     <w:rsid w:val="0046077A"/>
     <w:rsid w:val="004613D0"/>
     <w:rsid w:val="00464D85"/>
     <w:rsid w:val="00466AA5"/>
     <w:rsid w:val="00470C58"/>
     <w:rsid w:val="00471EE9"/>
     <w:rsid w:val="00472347"/>
     <w:rsid w:val="004729C1"/>
     <w:rsid w:val="004764EF"/>
     <w:rsid w:val="00476C53"/>
     <w:rsid w:val="00485E7A"/>
     <w:rsid w:val="00493426"/>
     <w:rsid w:val="004949D8"/>
     <w:rsid w:val="004A29F9"/>
     <w:rsid w:val="004A3BDB"/>
     <w:rsid w:val="004A4B4A"/>
     <w:rsid w:val="004B187F"/>
     <w:rsid w:val="004B1983"/>
     <w:rsid w:val="004B21AD"/>
     <w:rsid w:val="004B29AF"/>
     <w:rsid w:val="004B378B"/>
     <w:rsid w:val="004B4E8F"/>
     <w:rsid w:val="004B6D81"/>
     <w:rsid w:val="004C0625"/>
     <w:rsid w:val="004C0A40"/>
+    <w:rsid w:val="004C2D5D"/>
+    <w:rsid w:val="004C4841"/>
     <w:rsid w:val="004D1B9D"/>
     <w:rsid w:val="004D4F4A"/>
     <w:rsid w:val="004D4F81"/>
     <w:rsid w:val="004E356C"/>
     <w:rsid w:val="004E37B5"/>
     <w:rsid w:val="004F1231"/>
     <w:rsid w:val="004F1BC6"/>
     <w:rsid w:val="004F6CB7"/>
     <w:rsid w:val="00500D57"/>
     <w:rsid w:val="0050151E"/>
     <w:rsid w:val="00501E73"/>
     <w:rsid w:val="0050320D"/>
     <w:rsid w:val="005059D9"/>
     <w:rsid w:val="005063A7"/>
     <w:rsid w:val="00506A50"/>
     <w:rsid w:val="005074E9"/>
     <w:rsid w:val="005107EF"/>
     <w:rsid w:val="00510EC4"/>
     <w:rsid w:val="00513A6F"/>
     <w:rsid w:val="00513ABB"/>
     <w:rsid w:val="00515050"/>
     <w:rsid w:val="00515AA9"/>
     <w:rsid w:val="005172C9"/>
     <w:rsid w:val="00521F2A"/>
     <w:rsid w:val="00522736"/>
     <w:rsid w:val="005270E3"/>
     <w:rsid w:val="00527DEE"/>
     <w:rsid w:val="0053408E"/>
     <w:rsid w:val="00535373"/>
     <w:rsid w:val="00536C37"/>
     <w:rsid w:val="0054381F"/>
     <w:rsid w:val="00556732"/>
     <w:rsid w:val="00556DCA"/>
     <w:rsid w:val="005609A4"/>
+    <w:rsid w:val="00563F92"/>
     <w:rsid w:val="00564AE3"/>
     <w:rsid w:val="00564B62"/>
     <w:rsid w:val="0056736F"/>
     <w:rsid w:val="00567B22"/>
     <w:rsid w:val="00570865"/>
     <w:rsid w:val="005714FF"/>
     <w:rsid w:val="00573FB6"/>
     <w:rsid w:val="00574A92"/>
     <w:rsid w:val="00580FC7"/>
     <w:rsid w:val="00583379"/>
     <w:rsid w:val="00585B73"/>
     <w:rsid w:val="00590E7C"/>
     <w:rsid w:val="005956FE"/>
     <w:rsid w:val="00597891"/>
     <w:rsid w:val="005A1212"/>
     <w:rsid w:val="005A24DC"/>
     <w:rsid w:val="005A61AD"/>
     <w:rsid w:val="005B1333"/>
     <w:rsid w:val="005B251C"/>
     <w:rsid w:val="005B4A26"/>
     <w:rsid w:val="005C13BA"/>
     <w:rsid w:val="005C6293"/>
+    <w:rsid w:val="005D0BF3"/>
     <w:rsid w:val="005D1A03"/>
     <w:rsid w:val="005D7CB0"/>
     <w:rsid w:val="005E41BC"/>
     <w:rsid w:val="005E4D86"/>
     <w:rsid w:val="005E5268"/>
     <w:rsid w:val="005F261A"/>
     <w:rsid w:val="005F3C03"/>
     <w:rsid w:val="005F52D2"/>
     <w:rsid w:val="005F6114"/>
     <w:rsid w:val="005F6BD8"/>
     <w:rsid w:val="005F7C69"/>
     <w:rsid w:val="00600EE7"/>
     <w:rsid w:val="006020BD"/>
     <w:rsid w:val="00602579"/>
     <w:rsid w:val="006110CC"/>
     <w:rsid w:val="00611297"/>
     <w:rsid w:val="00614140"/>
     <w:rsid w:val="00616BD5"/>
     <w:rsid w:val="00617208"/>
     <w:rsid w:val="00621DE1"/>
+    <w:rsid w:val="006261C1"/>
     <w:rsid w:val="0062666F"/>
     <w:rsid w:val="006272C0"/>
     <w:rsid w:val="00633318"/>
     <w:rsid w:val="00634852"/>
     <w:rsid w:val="00634BA0"/>
-    <w:rsid w:val="00635845"/>
     <w:rsid w:val="0063730B"/>
     <w:rsid w:val="0064570E"/>
     <w:rsid w:val="0064756C"/>
     <w:rsid w:val="006477E8"/>
     <w:rsid w:val="006572BD"/>
     <w:rsid w:val="00662904"/>
     <w:rsid w:val="00663A7D"/>
     <w:rsid w:val="00664C39"/>
     <w:rsid w:val="00664EA6"/>
+    <w:rsid w:val="006653DD"/>
     <w:rsid w:val="00670A9C"/>
     <w:rsid w:val="00670F39"/>
     <w:rsid w:val="00671D5A"/>
     <w:rsid w:val="00672EE1"/>
     <w:rsid w:val="00681FBB"/>
     <w:rsid w:val="00682AA9"/>
     <w:rsid w:val="00693DC0"/>
     <w:rsid w:val="006950F4"/>
     <w:rsid w:val="00695D93"/>
     <w:rsid w:val="006A472E"/>
     <w:rsid w:val="006A5BCA"/>
     <w:rsid w:val="006A6686"/>
     <w:rsid w:val="006A9829"/>
     <w:rsid w:val="006B0A89"/>
     <w:rsid w:val="006B218F"/>
     <w:rsid w:val="006B2B45"/>
     <w:rsid w:val="006B6432"/>
     <w:rsid w:val="006B67AB"/>
     <w:rsid w:val="006B7C44"/>
     <w:rsid w:val="006C2612"/>
     <w:rsid w:val="006C5B50"/>
     <w:rsid w:val="006C5DA3"/>
     <w:rsid w:val="006C6DFD"/>
     <w:rsid w:val="006C769B"/>
     <w:rsid w:val="006D6FF6"/>
@@ -16062,225 +15666,235 @@
     <w:rsid w:val="006F1D5B"/>
     <w:rsid w:val="006F2DF6"/>
     <w:rsid w:val="006F3E23"/>
     <w:rsid w:val="00702372"/>
     <w:rsid w:val="00702F82"/>
     <w:rsid w:val="00707B0B"/>
     <w:rsid w:val="007105F4"/>
     <w:rsid w:val="00710766"/>
     <w:rsid w:val="007117FE"/>
     <w:rsid w:val="00713108"/>
     <w:rsid w:val="00713443"/>
     <w:rsid w:val="007140ED"/>
     <w:rsid w:val="00714E44"/>
     <w:rsid w:val="00716B55"/>
     <w:rsid w:val="00721D13"/>
     <w:rsid w:val="00723411"/>
     <w:rsid w:val="00724277"/>
     <w:rsid w:val="007251FA"/>
     <w:rsid w:val="00727772"/>
     <w:rsid w:val="0073022B"/>
     <w:rsid w:val="00730771"/>
     <w:rsid w:val="0073298A"/>
     <w:rsid w:val="00735919"/>
     <w:rsid w:val="007377AB"/>
     <w:rsid w:val="00745F0E"/>
+    <w:rsid w:val="007473F9"/>
     <w:rsid w:val="00751299"/>
     <w:rsid w:val="00753333"/>
     <w:rsid w:val="007633B2"/>
     <w:rsid w:val="00765179"/>
     <w:rsid w:val="00772FA4"/>
     <w:rsid w:val="007740A0"/>
     <w:rsid w:val="007801E8"/>
     <w:rsid w:val="00781ACA"/>
     <w:rsid w:val="00784F6C"/>
     <w:rsid w:val="00786DEC"/>
     <w:rsid w:val="00790775"/>
     <w:rsid w:val="007908FB"/>
     <w:rsid w:val="00791D6A"/>
     <w:rsid w:val="00793524"/>
     <w:rsid w:val="00794153"/>
     <w:rsid w:val="00795046"/>
+    <w:rsid w:val="007963FB"/>
     <w:rsid w:val="00797829"/>
     <w:rsid w:val="007A27CB"/>
+    <w:rsid w:val="007A4E2A"/>
     <w:rsid w:val="007A707B"/>
     <w:rsid w:val="007B18C0"/>
     <w:rsid w:val="007B3A93"/>
     <w:rsid w:val="007B5739"/>
     <w:rsid w:val="007C0017"/>
     <w:rsid w:val="007C0129"/>
     <w:rsid w:val="007C0FE3"/>
     <w:rsid w:val="007C10CF"/>
     <w:rsid w:val="007C1171"/>
     <w:rsid w:val="007C152E"/>
     <w:rsid w:val="007C337F"/>
     <w:rsid w:val="007C384B"/>
     <w:rsid w:val="007C6650"/>
     <w:rsid w:val="007D015B"/>
     <w:rsid w:val="007D3A16"/>
     <w:rsid w:val="007D479F"/>
     <w:rsid w:val="007D7A5F"/>
     <w:rsid w:val="007E0722"/>
     <w:rsid w:val="007E18C5"/>
     <w:rsid w:val="007E2381"/>
     <w:rsid w:val="007E4ECC"/>
     <w:rsid w:val="007E7A77"/>
     <w:rsid w:val="007E7AAC"/>
     <w:rsid w:val="007E7E43"/>
     <w:rsid w:val="007F3628"/>
     <w:rsid w:val="007F7A4B"/>
     <w:rsid w:val="00801748"/>
     <w:rsid w:val="008032F0"/>
     <w:rsid w:val="0080510F"/>
     <w:rsid w:val="008054F1"/>
     <w:rsid w:val="0080588E"/>
     <w:rsid w:val="00810432"/>
     <w:rsid w:val="008128E3"/>
     <w:rsid w:val="00815C3A"/>
     <w:rsid w:val="008243B1"/>
     <w:rsid w:val="00827F90"/>
     <w:rsid w:val="00835E88"/>
     <w:rsid w:val="0084444D"/>
     <w:rsid w:val="00844FAA"/>
     <w:rsid w:val="00845AA5"/>
     <w:rsid w:val="0084722B"/>
     <w:rsid w:val="00850397"/>
     <w:rsid w:val="00855A0B"/>
     <w:rsid w:val="00863E25"/>
     <w:rsid w:val="008652A3"/>
     <w:rsid w:val="00870C14"/>
     <w:rsid w:val="00874F07"/>
     <w:rsid w:val="00876E1A"/>
     <w:rsid w:val="00877BD0"/>
     <w:rsid w:val="00884335"/>
+    <w:rsid w:val="00890229"/>
     <w:rsid w:val="00890B0C"/>
     <w:rsid w:val="008914D7"/>
     <w:rsid w:val="00891643"/>
     <w:rsid w:val="00892BCE"/>
     <w:rsid w:val="00892E1A"/>
     <w:rsid w:val="008961EC"/>
     <w:rsid w:val="008964D0"/>
     <w:rsid w:val="00897553"/>
     <w:rsid w:val="00897E28"/>
     <w:rsid w:val="008B1377"/>
     <w:rsid w:val="008B35EE"/>
     <w:rsid w:val="008B3BF6"/>
     <w:rsid w:val="008B6FD1"/>
     <w:rsid w:val="008B7930"/>
     <w:rsid w:val="008C034B"/>
     <w:rsid w:val="008C4A00"/>
     <w:rsid w:val="008C5868"/>
     <w:rsid w:val="008C7580"/>
     <w:rsid w:val="008C7C22"/>
     <w:rsid w:val="008D4B72"/>
     <w:rsid w:val="008D4EA6"/>
+    <w:rsid w:val="008E0F3D"/>
     <w:rsid w:val="008E37E8"/>
     <w:rsid w:val="008E44D3"/>
     <w:rsid w:val="008E4EBD"/>
     <w:rsid w:val="008E660F"/>
     <w:rsid w:val="008F594B"/>
     <w:rsid w:val="00900331"/>
     <w:rsid w:val="00900D94"/>
     <w:rsid w:val="0090324A"/>
     <w:rsid w:val="00906054"/>
     <w:rsid w:val="009115C4"/>
     <w:rsid w:val="00911FA8"/>
     <w:rsid w:val="009120DD"/>
     <w:rsid w:val="009134A2"/>
     <w:rsid w:val="00915276"/>
     <w:rsid w:val="00920214"/>
+    <w:rsid w:val="00921B07"/>
     <w:rsid w:val="0092592E"/>
     <w:rsid w:val="009361C3"/>
     <w:rsid w:val="0093667C"/>
     <w:rsid w:val="00936963"/>
     <w:rsid w:val="009402EB"/>
     <w:rsid w:val="009418B3"/>
     <w:rsid w:val="00947AEE"/>
     <w:rsid w:val="00951A6D"/>
     <w:rsid w:val="00952EBA"/>
     <w:rsid w:val="00954EF6"/>
     <w:rsid w:val="0095531E"/>
     <w:rsid w:val="00956F6C"/>
+    <w:rsid w:val="00960B4E"/>
     <w:rsid w:val="00965CAC"/>
     <w:rsid w:val="009665EA"/>
     <w:rsid w:val="00966A9B"/>
+    <w:rsid w:val="00966B4B"/>
     <w:rsid w:val="00967DB8"/>
     <w:rsid w:val="00972619"/>
     <w:rsid w:val="00973B89"/>
     <w:rsid w:val="00973BB9"/>
     <w:rsid w:val="009740F9"/>
     <w:rsid w:val="00975353"/>
     <w:rsid w:val="009765C0"/>
     <w:rsid w:val="00977B4E"/>
     <w:rsid w:val="009851F7"/>
     <w:rsid w:val="009857B0"/>
     <w:rsid w:val="00985E31"/>
     <w:rsid w:val="009865C3"/>
     <w:rsid w:val="0099186F"/>
     <w:rsid w:val="00993FFC"/>
     <w:rsid w:val="00995B35"/>
     <w:rsid w:val="00995CB6"/>
     <w:rsid w:val="00996C0C"/>
     <w:rsid w:val="009A04A8"/>
     <w:rsid w:val="009A176C"/>
     <w:rsid w:val="009A1991"/>
     <w:rsid w:val="009A2A7F"/>
     <w:rsid w:val="009A5642"/>
     <w:rsid w:val="009A65EB"/>
     <w:rsid w:val="009D19B9"/>
     <w:rsid w:val="009D3AD3"/>
     <w:rsid w:val="009D5BBB"/>
     <w:rsid w:val="009E0343"/>
     <w:rsid w:val="009E038E"/>
     <w:rsid w:val="009F09C3"/>
     <w:rsid w:val="009F150C"/>
     <w:rsid w:val="009F3BC5"/>
     <w:rsid w:val="009F5E6E"/>
     <w:rsid w:val="009F6C7B"/>
     <w:rsid w:val="00A12B3C"/>
     <w:rsid w:val="00A25C17"/>
     <w:rsid w:val="00A278B9"/>
     <w:rsid w:val="00A40405"/>
     <w:rsid w:val="00A404AF"/>
     <w:rsid w:val="00A4226B"/>
     <w:rsid w:val="00A4390C"/>
     <w:rsid w:val="00A45679"/>
     <w:rsid w:val="00A46F60"/>
     <w:rsid w:val="00A51213"/>
     <w:rsid w:val="00A51ECE"/>
     <w:rsid w:val="00A52221"/>
     <w:rsid w:val="00A52824"/>
     <w:rsid w:val="00A551F6"/>
+    <w:rsid w:val="00A55E66"/>
     <w:rsid w:val="00A60AFA"/>
     <w:rsid w:val="00A62EA0"/>
     <w:rsid w:val="00A64343"/>
     <w:rsid w:val="00A64E6C"/>
     <w:rsid w:val="00A67419"/>
     <w:rsid w:val="00A70CEA"/>
     <w:rsid w:val="00A82BCC"/>
     <w:rsid w:val="00A84252"/>
     <w:rsid w:val="00A9077C"/>
+    <w:rsid w:val="00A91C86"/>
     <w:rsid w:val="00A96268"/>
     <w:rsid w:val="00AA00F5"/>
     <w:rsid w:val="00AA0A0C"/>
     <w:rsid w:val="00AA10D6"/>
     <w:rsid w:val="00AA3946"/>
     <w:rsid w:val="00AB1D69"/>
     <w:rsid w:val="00AB251A"/>
     <w:rsid w:val="00AB30FA"/>
     <w:rsid w:val="00AB3B7E"/>
     <w:rsid w:val="00AB7525"/>
     <w:rsid w:val="00AC204E"/>
     <w:rsid w:val="00AC5BAC"/>
     <w:rsid w:val="00AD00DF"/>
     <w:rsid w:val="00AD15FB"/>
     <w:rsid w:val="00AD1AC5"/>
     <w:rsid w:val="00AD1D16"/>
     <w:rsid w:val="00AD26DC"/>
     <w:rsid w:val="00AD2B1D"/>
     <w:rsid w:val="00AD3CBA"/>
     <w:rsid w:val="00AD516D"/>
     <w:rsid w:val="00AD523F"/>
     <w:rsid w:val="00AD7139"/>
     <w:rsid w:val="00AE3E33"/>
     <w:rsid w:val="00AE5C0E"/>
     <w:rsid w:val="00AF372F"/>
@@ -16295,254 +15909,264 @@
     <w:rsid w:val="00B131CB"/>
     <w:rsid w:val="00B13667"/>
     <w:rsid w:val="00B13FA2"/>
     <w:rsid w:val="00B14AF8"/>
     <w:rsid w:val="00B16E8C"/>
     <w:rsid w:val="00B178EA"/>
     <w:rsid w:val="00B22CDE"/>
     <w:rsid w:val="00B23FD8"/>
     <w:rsid w:val="00B256E7"/>
     <w:rsid w:val="00B26822"/>
     <w:rsid w:val="00B316EE"/>
     <w:rsid w:val="00B34CCA"/>
     <w:rsid w:val="00B40886"/>
     <w:rsid w:val="00B418F3"/>
     <w:rsid w:val="00B51662"/>
     <w:rsid w:val="00B51FE7"/>
     <w:rsid w:val="00B55029"/>
     <w:rsid w:val="00B65D2E"/>
     <w:rsid w:val="00B678E6"/>
     <w:rsid w:val="00B7482B"/>
     <w:rsid w:val="00B74CFF"/>
     <w:rsid w:val="00B74E92"/>
     <w:rsid w:val="00B8145D"/>
     <w:rsid w:val="00B83860"/>
     <w:rsid w:val="00B84C49"/>
+    <w:rsid w:val="00B851CA"/>
     <w:rsid w:val="00B85390"/>
     <w:rsid w:val="00B86695"/>
     <w:rsid w:val="00B87110"/>
     <w:rsid w:val="00B87AB6"/>
     <w:rsid w:val="00B953D3"/>
     <w:rsid w:val="00B95C2F"/>
     <w:rsid w:val="00B96B93"/>
     <w:rsid w:val="00BA0431"/>
     <w:rsid w:val="00BA0DED"/>
     <w:rsid w:val="00BA2E28"/>
     <w:rsid w:val="00BA61F8"/>
     <w:rsid w:val="00BB14A8"/>
     <w:rsid w:val="00BC0CF6"/>
     <w:rsid w:val="00BC61E2"/>
     <w:rsid w:val="00BC6500"/>
     <w:rsid w:val="00BC6FFF"/>
     <w:rsid w:val="00BD1D04"/>
     <w:rsid w:val="00BD22D5"/>
     <w:rsid w:val="00BD29FE"/>
     <w:rsid w:val="00BE20C4"/>
     <w:rsid w:val="00BE2A65"/>
     <w:rsid w:val="00BE42DE"/>
     <w:rsid w:val="00BE4FA7"/>
     <w:rsid w:val="00BF17A7"/>
     <w:rsid w:val="00BF2C04"/>
     <w:rsid w:val="00BF349E"/>
     <w:rsid w:val="00BF7198"/>
     <w:rsid w:val="00BF7F29"/>
     <w:rsid w:val="00C03988"/>
     <w:rsid w:val="00C04668"/>
     <w:rsid w:val="00C0586F"/>
     <w:rsid w:val="00C05D57"/>
     <w:rsid w:val="00C104B2"/>
     <w:rsid w:val="00C1151A"/>
     <w:rsid w:val="00C11B0F"/>
     <w:rsid w:val="00C15212"/>
     <w:rsid w:val="00C17951"/>
     <w:rsid w:val="00C210FF"/>
     <w:rsid w:val="00C230AF"/>
     <w:rsid w:val="00C24852"/>
     <w:rsid w:val="00C25331"/>
     <w:rsid w:val="00C25E66"/>
+    <w:rsid w:val="00C3498A"/>
     <w:rsid w:val="00C364EB"/>
     <w:rsid w:val="00C37A34"/>
     <w:rsid w:val="00C37E5D"/>
     <w:rsid w:val="00C40246"/>
     <w:rsid w:val="00C4227A"/>
     <w:rsid w:val="00C42435"/>
     <w:rsid w:val="00C42E79"/>
     <w:rsid w:val="00C43D6E"/>
     <w:rsid w:val="00C46121"/>
     <w:rsid w:val="00C475D8"/>
     <w:rsid w:val="00C54FCE"/>
     <w:rsid w:val="00C55150"/>
     <w:rsid w:val="00C579FB"/>
     <w:rsid w:val="00C61FE0"/>
     <w:rsid w:val="00C634F5"/>
     <w:rsid w:val="00C64CFD"/>
     <w:rsid w:val="00C67D45"/>
     <w:rsid w:val="00C72A48"/>
     <w:rsid w:val="00C734EA"/>
     <w:rsid w:val="00C73A30"/>
     <w:rsid w:val="00C73BFF"/>
     <w:rsid w:val="00C74EBC"/>
     <w:rsid w:val="00C76865"/>
     <w:rsid w:val="00C84529"/>
     <w:rsid w:val="00C86B34"/>
     <w:rsid w:val="00C86C9B"/>
     <w:rsid w:val="00C87D95"/>
     <w:rsid w:val="00C9305E"/>
     <w:rsid w:val="00C93675"/>
     <w:rsid w:val="00C94059"/>
     <w:rsid w:val="00C974B3"/>
     <w:rsid w:val="00CA0AD5"/>
     <w:rsid w:val="00CA27B0"/>
+    <w:rsid w:val="00CA2C39"/>
     <w:rsid w:val="00CA2C74"/>
     <w:rsid w:val="00CA300C"/>
     <w:rsid w:val="00CA3ADD"/>
     <w:rsid w:val="00CA5311"/>
     <w:rsid w:val="00CB406E"/>
     <w:rsid w:val="00CB5635"/>
     <w:rsid w:val="00CB6F27"/>
     <w:rsid w:val="00CB783D"/>
     <w:rsid w:val="00CC0E08"/>
     <w:rsid w:val="00CC289B"/>
     <w:rsid w:val="00CC5F39"/>
     <w:rsid w:val="00CC6779"/>
     <w:rsid w:val="00CC678D"/>
     <w:rsid w:val="00CC78A2"/>
     <w:rsid w:val="00CD27BA"/>
     <w:rsid w:val="00CD4A13"/>
     <w:rsid w:val="00CD4DDC"/>
+    <w:rsid w:val="00CE0026"/>
     <w:rsid w:val="00CE5846"/>
     <w:rsid w:val="00CE7C9A"/>
     <w:rsid w:val="00CF0C80"/>
     <w:rsid w:val="00CF118E"/>
     <w:rsid w:val="00CF1E63"/>
     <w:rsid w:val="00CF39B3"/>
     <w:rsid w:val="00CF7AF0"/>
     <w:rsid w:val="00D04840"/>
     <w:rsid w:val="00D05A7C"/>
     <w:rsid w:val="00D06A11"/>
     <w:rsid w:val="00D10011"/>
     <w:rsid w:val="00D11DCE"/>
     <w:rsid w:val="00D13B38"/>
     <w:rsid w:val="00D13F4B"/>
     <w:rsid w:val="00D14B2F"/>
     <w:rsid w:val="00D177A8"/>
     <w:rsid w:val="00D17C08"/>
     <w:rsid w:val="00D231DD"/>
     <w:rsid w:val="00D235CE"/>
     <w:rsid w:val="00D30E63"/>
     <w:rsid w:val="00D36F93"/>
     <w:rsid w:val="00D37B9A"/>
     <w:rsid w:val="00D41C7C"/>
     <w:rsid w:val="00D42460"/>
     <w:rsid w:val="00D4254D"/>
     <w:rsid w:val="00D464B5"/>
     <w:rsid w:val="00D50441"/>
     <w:rsid w:val="00D522D3"/>
     <w:rsid w:val="00D532C0"/>
     <w:rsid w:val="00D578C8"/>
     <w:rsid w:val="00D6012C"/>
     <w:rsid w:val="00D612E3"/>
     <w:rsid w:val="00D63851"/>
     <w:rsid w:val="00D640BE"/>
     <w:rsid w:val="00D66510"/>
     <w:rsid w:val="00D74BBE"/>
     <w:rsid w:val="00D83218"/>
     <w:rsid w:val="00D841AD"/>
     <w:rsid w:val="00D875FE"/>
     <w:rsid w:val="00D913E5"/>
+    <w:rsid w:val="00D92411"/>
     <w:rsid w:val="00D92FF1"/>
     <w:rsid w:val="00D9381D"/>
     <w:rsid w:val="00D95750"/>
     <w:rsid w:val="00D96509"/>
     <w:rsid w:val="00D96D0D"/>
     <w:rsid w:val="00DA286B"/>
     <w:rsid w:val="00DA410F"/>
     <w:rsid w:val="00DA59FF"/>
     <w:rsid w:val="00DB62BC"/>
     <w:rsid w:val="00DB6753"/>
     <w:rsid w:val="00DC2EA1"/>
     <w:rsid w:val="00DC3E96"/>
     <w:rsid w:val="00DC56F6"/>
     <w:rsid w:val="00DC65B1"/>
+    <w:rsid w:val="00DD32B0"/>
     <w:rsid w:val="00DE3C34"/>
     <w:rsid w:val="00DE49B6"/>
     <w:rsid w:val="00DE5E11"/>
     <w:rsid w:val="00DE5FF6"/>
     <w:rsid w:val="00DF45B2"/>
     <w:rsid w:val="00E00149"/>
     <w:rsid w:val="00E012CB"/>
     <w:rsid w:val="00E016E1"/>
     <w:rsid w:val="00E07CD2"/>
     <w:rsid w:val="00E12354"/>
     <w:rsid w:val="00E132FD"/>
     <w:rsid w:val="00E139AD"/>
     <w:rsid w:val="00E1585B"/>
     <w:rsid w:val="00E2030C"/>
     <w:rsid w:val="00E21446"/>
     <w:rsid w:val="00E22F6A"/>
     <w:rsid w:val="00E249D8"/>
     <w:rsid w:val="00E25A58"/>
     <w:rsid w:val="00E33977"/>
     <w:rsid w:val="00E35B61"/>
     <w:rsid w:val="00E43F8E"/>
     <w:rsid w:val="00E449CF"/>
     <w:rsid w:val="00E45B3A"/>
     <w:rsid w:val="00E53B02"/>
     <w:rsid w:val="00E57194"/>
     <w:rsid w:val="00E5789F"/>
     <w:rsid w:val="00E6004E"/>
     <w:rsid w:val="00E6068A"/>
     <w:rsid w:val="00E60E5A"/>
     <w:rsid w:val="00E61CDD"/>
     <w:rsid w:val="00E64E98"/>
     <w:rsid w:val="00E70043"/>
     <w:rsid w:val="00E71330"/>
+    <w:rsid w:val="00E74295"/>
     <w:rsid w:val="00E7518C"/>
     <w:rsid w:val="00E75451"/>
     <w:rsid w:val="00E763EB"/>
     <w:rsid w:val="00E807C2"/>
     <w:rsid w:val="00E80BCE"/>
     <w:rsid w:val="00E82022"/>
     <w:rsid w:val="00E822D8"/>
     <w:rsid w:val="00E832A1"/>
     <w:rsid w:val="00E864F4"/>
+    <w:rsid w:val="00E9007B"/>
+    <w:rsid w:val="00E9316B"/>
     <w:rsid w:val="00E936C8"/>
     <w:rsid w:val="00E93903"/>
     <w:rsid w:val="00E95C5B"/>
     <w:rsid w:val="00E9751E"/>
     <w:rsid w:val="00EA6BA4"/>
     <w:rsid w:val="00EB048A"/>
     <w:rsid w:val="00EB24B2"/>
     <w:rsid w:val="00EB2A41"/>
     <w:rsid w:val="00EB503C"/>
     <w:rsid w:val="00EC1CC4"/>
     <w:rsid w:val="00EC2D5E"/>
     <w:rsid w:val="00EC37A3"/>
     <w:rsid w:val="00EC4BFC"/>
     <w:rsid w:val="00EC5131"/>
     <w:rsid w:val="00EC63BD"/>
     <w:rsid w:val="00EC7E2B"/>
+    <w:rsid w:val="00ED087C"/>
     <w:rsid w:val="00EE5878"/>
     <w:rsid w:val="00EE5B0A"/>
     <w:rsid w:val="00EE65F3"/>
     <w:rsid w:val="00EE7CE7"/>
     <w:rsid w:val="00EE7E2B"/>
     <w:rsid w:val="00EF2BEC"/>
     <w:rsid w:val="00EF452B"/>
     <w:rsid w:val="00EF4899"/>
     <w:rsid w:val="00F00EDA"/>
     <w:rsid w:val="00F028EB"/>
     <w:rsid w:val="00F04B97"/>
     <w:rsid w:val="00F04E5D"/>
     <w:rsid w:val="00F05470"/>
     <w:rsid w:val="00F06FB4"/>
     <w:rsid w:val="00F21535"/>
     <w:rsid w:val="00F25922"/>
     <w:rsid w:val="00F27112"/>
     <w:rsid w:val="00F316D6"/>
     <w:rsid w:val="00F3268D"/>
     <w:rsid w:val="00F344A2"/>
     <w:rsid w:val="00F35EEC"/>
     <w:rsid w:val="00F3699B"/>
     <w:rsid w:val="00F36DA9"/>
     <w:rsid w:val="00F42AFA"/>
     <w:rsid w:val="00F4376C"/>
@@ -16552,50 +16176,51 @@
     <w:rsid w:val="00F5226F"/>
     <w:rsid w:val="00F5266F"/>
     <w:rsid w:val="00F556E0"/>
     <w:rsid w:val="00F55D44"/>
     <w:rsid w:val="00F60846"/>
     <w:rsid w:val="00F613D0"/>
     <w:rsid w:val="00F632A4"/>
     <w:rsid w:val="00F665FB"/>
     <w:rsid w:val="00F6732B"/>
     <w:rsid w:val="00F701C8"/>
     <w:rsid w:val="00F73F36"/>
     <w:rsid w:val="00F74C97"/>
     <w:rsid w:val="00F7691A"/>
     <w:rsid w:val="00F803BC"/>
     <w:rsid w:val="00F816D2"/>
     <w:rsid w:val="00F82CD4"/>
     <w:rsid w:val="00F83731"/>
     <w:rsid w:val="00F8503F"/>
     <w:rsid w:val="00F95558"/>
     <w:rsid w:val="00F96EAB"/>
     <w:rsid w:val="00FA1E89"/>
     <w:rsid w:val="00FA402F"/>
     <w:rsid w:val="00FA75E3"/>
     <w:rsid w:val="00FB0C86"/>
     <w:rsid w:val="00FB5E6A"/>
+    <w:rsid w:val="00FB5E6F"/>
     <w:rsid w:val="00FB7052"/>
     <w:rsid w:val="00FC4DD7"/>
     <w:rsid w:val="00FD2C3B"/>
     <w:rsid w:val="00FE1333"/>
     <w:rsid w:val="00FE2DA6"/>
     <w:rsid w:val="00FE353A"/>
     <w:rsid w:val="00FE407C"/>
     <w:rsid w:val="00FE4B90"/>
     <w:rsid w:val="00FF0711"/>
     <w:rsid w:val="00FF1108"/>
     <w:rsid w:val="00FF34E8"/>
     <w:rsid w:val="00FF6437"/>
     <w:rsid w:val="010E7444"/>
     <w:rsid w:val="013BBB1A"/>
     <w:rsid w:val="0152BC64"/>
     <w:rsid w:val="030D4B61"/>
     <w:rsid w:val="035F59DA"/>
     <w:rsid w:val="0464AFB1"/>
     <w:rsid w:val="051D3D6B"/>
     <w:rsid w:val="06446668"/>
     <w:rsid w:val="086DDC28"/>
     <w:rsid w:val="08F43D36"/>
     <w:rsid w:val="09BF1D7A"/>
     <w:rsid w:val="11991FA3"/>
     <w:rsid w:val="13B9D3A6"/>
@@ -16689,54 +16314,54 @@
     <w:rsid w:val="7F35B432"/>
     <w:rsid w:val="7F6CA770"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="16F4481E"/>
-  <w15:docId w15:val="{A70F5374-19AA-49B1-9370-6E567822C9AA}"/>
+  <w15:docId w15:val="{99D8EC56-D74E-4858-8A22-8CE75F363DA6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17904,51 +17529,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111926410">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanctionsmap.eu/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esignature.ec.europa.eu/efda/tl-browser/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanctionsmap.eu/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanctionsmap.eu/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esignature.ec.europa.eu/efda/tl-browser/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18225,112 +17850,121 @@
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <RelatedPages xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5" xsi:nil="true"/>
     <mf7baa9dfe8e4a7198e2ed7ac40a28e9 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
-      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+        </TermInfo>
+      </Terms>
     </mf7baa9dfe8e4a7198e2ed7ac40a28e9>
     <b80065262d6b4269adfaf5df5be40397 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Procurement</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">cbaf08e6-4c36-47f0-9529-16dc4889209a</TermId>
         </TermInfo>
       </Terms>
     </b80065262d6b4269adfaf5df5be40397>
     <m21479ae9ad94758901be18b2b5835f2 xmlns="709adcc9-ab81-486f-827d-c1c5fd362e71">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Polish</TermName>
-          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">bd06768b-f7dd-8aa7-7565-d40bfdbddf77</TermId>
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
         </TermInfo>
       </Terms>
     </m21479ae9ad94758901be18b2b5835f2>
     <l03f6647080a4ed1999d96e73aa3c355 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">BUDG.E.2</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">5dceb2d7-c9f5-4739-a087-de38c229e979</TermId>
         </TermInfo>
       </Terms>
     </l03f6647080a4ed1999d96e73aa3c355>
     <oabdf6842dc340c29682f122bede3128 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Implementation instruments</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ab98260c-215e-48ff-a9c7-5b9eab89452a</TermId>
         </TermInfo>
       </Terms>
     </oabdf6842dc340c29682f122bede3128>
     <Notes xmlns="709adcc9-ab81-486f-827d-c1c5fd362e71" xsi:nil="true"/>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <l386a31364e24d3dbc8e007a1dd34657 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
-      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+        </TermInfo>
+      </Terms>
     </l386a31364e24d3dbc8e007a1dd34657>
     <c20ba6713aee47169a86fa6de1a28713 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">LEGAL FRAMEWORK</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">9afda264-c8b9-45ff-9bb8-61ede7f6cb10</TermId>
         </TermInfo>
       </Terms>
     </c20ba6713aee47169a86fa6de1a28713>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
       <Value>1690</Value>
-      <Value>2496</Value>
       <Value>1691</Value>
       <Value>122</Value>
       <Value>1708</Value>
     </TaxCatchAll>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010074388D2DB7B9A549BEDEA63191CFE647" ma:contentTypeVersion="46" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="674d71e7b272f53bafb682320e0cdc8f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="d3c1eb4e-7577-42ef-991f-7d064735e0e5" xmlns:ns3="709adcc9-ab81-486f-827d-c1c5fd362e71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bb5b7dbe7dceee87bfdb869615cf3ebf" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010074388D2DB7B9A549BEDEA63191CFE647" ma:contentTypeVersion="46" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e836202efd29cace7c2fabec502365a7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="d3c1eb4e-7577-42ef-991f-7d064735e0e5" xmlns:ns3="709adcc9-ab81-486f-827d-c1c5fd362e71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9e6f9e247516d9cb950c3bd405bfef73" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="d3c1eb4e-7577-42ef-991f-7d064735e0e5"/>
     <xsd:import namespace="709adcc9-ab81-486f-827d-c1c5fd362e71"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:c20ba6713aee47169a86fa6de1a28713" minOccurs="0"/>
                 <xsd:element ref="ns2:oabdf6842dc340c29682f122bede3128" minOccurs="0"/>
                 <xsd:element ref="ns2:b80065262d6b4269adfaf5df5be40397" minOccurs="0"/>
                 <xsd:element ref="ns2:l03f6647080a4ed1999d96e73aa3c355" minOccurs="0"/>
                 <xsd:element ref="ns2:l386a31364e24d3dbc8e007a1dd34657" minOccurs="0"/>
                 <xsd:element ref="ns2:mf7baa9dfe8e4a7198e2ed7ac40a28e9" minOccurs="0"/>
                 <xsd:element ref="ns3:m21479ae9ad94758901be18b2b5835f2" minOccurs="0"/>
                 <xsd:element ref="ns3:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedPages" minOccurs="0"/>
@@ -18579,86 +18213,184 @@
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE8DF1CF-2FCC-479D-9B01-C172A8068A0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5326290-4D62-4E0F-9A37-0361B4115CEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC78E283-07B6-4677-B0CA-86BCC92994C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="709adcc9-ab81-486f-827d-c1c5fd362e71"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="d3c1eb4e-7577-42ef-991f-7d064735e0e5"/>
-    <ds:schemaRef ds:uri="709adcc9-ab81-486f-827d-c1c5fd362e71"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B25B228-211E-4BFA-BDF5-3F8D2F2CE13B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25592106-E9CD-407E-83FE-5D5AA35C1C42}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="d3c1eb4e-7577-42ef-991f-7d064735e0e5"/>
+    <ds:schemaRef ds:uri="709adcc9-ab81-486f-827d-c1c5fd362e71"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FEC6A05-3D1C-498D-89E6-DD5CCEBC6C77}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3192</Words>
-  <Characters>23300</Characters>
+  <Words>3606</Words>
+  <Characters>24057</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>629</Lines>
-  <Paragraphs>373</Paragraphs>
+  <Lines>633</Lines>
+  <Paragraphs>345</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>European Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26119</CharactersWithSpaces>
+  <CharactersWithSpaces>27318</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="24" baseType="variant">
+      <vt:variant>
+        <vt:i4>6160473</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>300</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://esignature.ec.europa.eu/efda/tl-browser/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>/screen/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6619252</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>297</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6553645</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>276</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.sanctionsmap.eu/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966145</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.sanctionsmap.eu/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>/main</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Model Declaration on Honour</dc:title>
   <dc:subject/>
   <dc:creator>JanSaloni</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Order">
     <vt:lpwstr>34000.0000000000</vt:lpwstr>
   </property>
@@ -18683,32 +18415,32 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_SiteId">
     <vt:lpwstr>b24c8b06-522c-46fe-9080-70926f8dddb1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_ActionId">
     <vt:lpwstr>63e04f9b-613e-49a6-b881-46030ecf5e2a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="BUDGpediaBranch">
     <vt:lpwstr>1691;#Implementation instruments|ab98260c-215e-48ff-a9c7-5b9eab89452a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="BUDGpediaAccessLevel">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="BUDGpediaParentPage">
     <vt:lpwstr>1708;#Procurement|cbaf08e6-4c36-47f0-9529-16dc4889209a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="BUDGpediaDocumentNature">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="OwnerUnit">
     <vt:lpwstr>1690;#BUDG.E.2|5dceb2d7-c9f5-4739-a087-de38c229e979</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Language">
-    <vt:lpwstr>2496;#Polish|bd06768b-f7dd-8aa7-7565-d40bfdbddf77</vt:lpwstr>
+    <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Pillar">
     <vt:lpwstr>122;#LEGAL FRAMEWORK|9afda264-c8b9-45ff-9bb8-61ede7f6cb10</vt:lpwstr>
   </property>
 </Properties>
 </file>