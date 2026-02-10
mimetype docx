--- v0 (2025-12-08)
+++ v1 (2026-02-10)
@@ -434,87 +434,80 @@
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A11950E" w14:textId="77777777" w:rsidR="00AE5C0E" w:rsidRDefault="00AE5C0E" w:rsidP="006E7570">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="43FF3A56" w14:textId="77777777" w:rsidR="00B74CFF" w:rsidRDefault="00B74CFF" w:rsidP="0024225B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A7C483A" w14:textId="77777777" w:rsidR="00C9178D" w:rsidRPr="00C9178D" w:rsidRDefault="00C9178D" w:rsidP="00C9178D"/>
-    <w:p w14:paraId="16F4482F" w14:textId="572F0C42" w:rsidR="00897553" w:rsidRDefault="00897553" w:rsidP="0024225B">
+    <w:p w14:paraId="16F4482F" w14:textId="3F7D4650" w:rsidR="00897553" w:rsidRDefault="00897553" w:rsidP="0024225B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> – Ausschlusssituationen in Bezug auf die Person</w:t>
+        <w:t>I – Ausschlusssituationen in Bezug auf die Person</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368816DB" w14:textId="1E6A9513" w:rsidR="00CD4DDC" w:rsidRPr="00897E28" w:rsidRDefault="00CD4A13" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(von allen beteiligten Stellen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> auszufüllen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5492AA92" w14:textId="77777777" w:rsidR="00CD4DDC" w:rsidRPr="007E2381" w:rsidRDefault="00CD4DDC" w:rsidP="007E2381"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9993" w:type="dxa"/>
@@ -1201,51 +1194,50 @@
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="16F44852" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F4484F" w14:textId="6C621141" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_DV_C373"/>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>v) Versuch, vertrauliche Informationen über das Verfahren zu erhalten, durch die unzulässige Vorteile beim Gewährungsverfahren erlangt werden könnten;</w:t>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F44850" w14:textId="77777777" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
@@ -1306,50 +1298,51 @@
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="676CE465" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1256DE81" w14:textId="3556FE5A" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>vi) Aufstachelung zu Diskriminierung, Feindseligkeit oder Gewalt gegen eine Gruppe von Personen oder gegen ein Mitglied einer Gruppe oder ähnliche Handlungen, die den in Artikel 2 EUV verankerten Werten, auf denen sich die Union gründet, zuwiderlaufen, wenn sich dieses Fehlverhalten auf die Integrität der Person auswirkt und die Erfüllung eines Vertrags oder einer Vereinbarung beeinträchtigt oder konkret zu beeinträchtigen droht;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29A2A49A" w14:textId="4FEC417F" w:rsidR="002254B5" w:rsidRDefault="00B85390" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -2253,67 +2246,75 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="794E089C" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DEB9849" w14:textId="1D1B3674" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>durch eine rechtskräftige Gerichts- oder eine bestandskräftige Verwaltungsentscheidung wurde festgestellt, dass die Person in einem anderen Hoheitsgebiet eine Stelle eingerichtet hat mit der Absicht, steuerliche, soziale oder rechtliche Verpflichtungen, einschließlich solcher im Zusammenhang mit Arbeitsrechten, Beschäftigung und Arbeitsbedingungen, am Ort ihres satzungsmäßigen Sitzes, ihrer Hauptverwaltung oder ihrer Hauptniederlassung zu umgehen;</w:t>
+              <w:t xml:space="preserve">durch eine rechtskräftige Gerichts- oder eine bestandskräftige Verwaltungsentscheidung wurde festgestellt, dass die Person in einem anderen Hoheitsgebiet eine Stelle eingerichtet hat mit der Absicht, steuerliche, soziale oder rechtliche Verpflichtungen, einschließlich solcher im Zusammenhang mit </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Arbeitsrechten, Beschäftigung und Arbeitsbedingungen, am Ort ihres satzungsmäßigen Sitzes, ihrer Hauptverwaltung oder ihrer Hauptniederlassung zu umgehen;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="323E098E" w14:textId="5CC3DF43" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2534,138 +2535,135 @@
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="1A385EC2" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3087E785" w14:textId="1D31E612" w:rsidR="002254B5" w:rsidRPr="0024350A" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="3087E785" w14:textId="62074E4A" w:rsidR="002254B5" w:rsidRPr="0024350A" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>erklärt hiermit, dass die Person bei den in Nummer 1 Buchstaben c bis i genannten Situationen in Ermangelung einer rechtskräftigen Gerichts- bzw. bestandskräftigen Verwaltungsentscheidung</w:t>
+              <w:t>erklärt hiermit, dass die Person bei den in Nummer 1 Buchstaben c bis i genannten Situationen in Ermangelung einer rechtskräftigen Gerichts- bzw. bestandskräftigen Verwaltungsentscheidung Gegenstand von in Artikel 138 Absatz 3 HO genannten Sachverhalten und Erkenntnissen ist, insbesondere:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="930" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C9A1B2" w14:textId="05B15687" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>JA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:noProof/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
-            </w:r>
-[...18 lines deleted...]
-              <w:t>JA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A4D1557" w14:textId="4113B6AB" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>NEIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="16F4487E" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="1579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F4487B" w14:textId="383346C3" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="16F4487B" w14:textId="4D535A5A" w:rsidR="002254B5" w:rsidRPr="00583379" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Gegenstand von Sachverhalten ist, die im Zuge von Rechnungsprüfungen oder Untersuchungen der Europäischen Staatsanwaltschaft für die Mitgliedstaaten, die gemäß Verordnung (EU) 2017/1939 an der Verstärkten Zusammenarbeit teilnehmen, des Rechnungshofs, des OLAF oder des Internen Prüfers, oder bei sonstigen, unter der Verantwortung eines Anweisungsbefugten eines Organs, einer Einrichtung oder einer sonstigen Stelle der EU durchgeführten Überprüfungen, Rechnungsprüfungen oder Kontrollen festgestellt wurden;</w:t>
+              <w:t xml:space="preserve"> Sachverhalten, die im Zuge von Rechnungsprüfungen oder Untersuchungen der Europäischen Staatsanwaltschaft für die Mitgliedstaaten, die gemäß Verordnung (EU) 2017/1939 an der Verstärkten Zusammenarbeit teilnehmen, des Rechnungshofs, des OLAF oder des Internen Prüfers, oder bei sonstigen, unter der Verantwortung eines Anweisungsbefugten eines Organs, einer Einrichtung oder einer sonstigen Stelle der EU durchgeführten Überprüfungen, Rechnungsprüfungen oder Kontrollen festgestellt wurden;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16F4487C" w14:textId="6DD11AEB" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -2706,68 +2704,68 @@
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="5692311F" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="1346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BBF8C34" w14:textId="29931BAC" w:rsidR="002254B5" w:rsidRPr="006B67AB" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="1BBF8C34" w14:textId="4485087B" w:rsidR="002254B5" w:rsidRPr="006B67AB" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Gegenstand von nicht rechtskräftigen Gerichts- bzw. nicht bestandskräftigen Verwaltungsentscheidungen ist, die Disziplinarmaßnahmen umfassen können, die von der für die Prüfung der Einhaltung ethischer Normen des Berufsstandes zuständigen Aufsichtsbehörde ergriffen wurden;</w:t>
+              <w:t xml:space="preserve"> nicht rechtskräftigen Gerichts- oder nicht bestandskräftigen Verwaltungsentscheidungen, die Disziplinarmaßnahmen umfassen können, welche von der für die Prüfung der Einhaltung ethischer Normen des Berufsstandes zuständigen Aufsichtsbehörde ergriffen wurden;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E7263A9" w14:textId="05F25552" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -2808,68 +2806,74 @@
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="074D4EBB" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41734894" w14:textId="49681AE9" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="41734894" w14:textId="5A592381" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002A59C8" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Gegenstand von Sachverhalten ist, auf die in Beschlüssen von Stellen oder Personen, die mit Vollzugsaufgaben für den EU-Haushalt betraut sind, Bezug genommen wird;</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002254B5">
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Sachverhalten, auf die in Beschlüssen von Stellen oder Personen, die mit Vollzugsaufgaben für den EU-Haushalt betraut sind, Bezug genommen wird;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EB43931" w14:textId="6397F222" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -2910,74 +2914,80 @@
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="494260E4" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD21B53" w14:textId="1823629C" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="3BD21B53" w14:textId="1701E56A" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:t>Gegenstand von Informationen ist, die von Mitgliedstaaten, die Unionsmittel ausführen, übermittelt wurden, insbesondere von Sachverhalten und Feststellungen, die im Zuge einer rechtskräftigen Gerichts- oder bestandskräftigen Verwaltungsentscheidung auf nationaler Ebene hinsichtlich des Vorliegens von unter Buchstabe c Ziffer iv oder Buchstabe d genannten Ausschlusssituationen ermittelt wurden;</w:t>
+              <w:t xml:space="preserve"> Informationen, die von Mitgliedstaaten, die Unionsmittel ausführen, übermittelt wurden</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>, insbesondere Sachverhalten und Erkenntnissen, die im Zuge einer rechtskräftigen Gerichts- oder bestandskräftigen Verwaltungsentscheidung auf nationaler Ebene hinsichtlich des Vorliegens von unter Buchstabe c Ziffer iv oder Buchstabe d genannten Ausschlusssituationen ermittelt wurden</w:t>
+            </w:r>
+            <w:r>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="066F0C42" w14:textId="4C93C88C" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -3018,87 +3028,95 @@
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="3C758EFF" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="128BE62B" w14:textId="044BAF45" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="128BE62B" w14:textId="3ECAC3C3" w:rsidR="002254B5" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Gegenstand von Beschlüssen der Kommission in Bezug auf den Verstoß gegen das Wettbewerbsrecht der Union oder Entscheidungen einer zuständigen nationalen Behörde in Bezug auf den Verstoß gegen das Wettbewerbsrecht der Union oder gegen nationales Wettbewerbsrecht ist; </w:t>
+              <w:t xml:space="preserve"> Entscheidungen der Kommission in Bezug auf den Verstoß gegen das Wettbewerbsrecht der Union oder Entscheidungen einer zuständigen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">nationalen Behörde in Bezug auf den Verstoß gegen das Wettbewerbsrecht der Union oder gegen nationales Wettbewerbsrecht; </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C09C335" w14:textId="0E204C8F" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3123,68 +3141,69 @@
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002254B5" w14:paraId="33963B7D" w14:textId="77777777" w:rsidTr="6BD695A2">
         <w:trPr>
           <w:trHeight w:val="614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AFB7585" w14:textId="5FD11348" w:rsidR="002254B5" w:rsidRPr="00182B46" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
+          <w:p w14:paraId="3AFB7585" w14:textId="03C4E8C9" w:rsidR="002254B5" w:rsidRPr="00182B46" w:rsidDel="00977B4E" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="25"/>
               </w:numPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="709" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="28" w:name="_Hlk208482090"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> auf jedwede Art und Weise darüber unterrichtet wurde, dass sie Gegenstand einer Untersuchung des Europäischen Amts für Betrugsbekämpfung (OLAF) ist: entweder weil OLAF ihr die Gelegenheit eingeräumt hat, zu den sie betreffenden Sachverhalten Stellung zu nehmen, oder weil sie im Rahmen einer OLAF-Untersuchung Gegenstand von Vor-Ort-Kontrollen war oder weil sie über die Einleitung, den Abschluss oder einen anderen Umstand im Zusammenhang mit einer OLAF-Untersuchung, deren Gegenstand sie ist, unterrichtet wurde.</w:t>
+              <w:t xml:space="preserve"> auf jedwede Art und Weise darüber unterrichtet wurde, dass sie Gegenstand einer Untersuchung des Europäischen Amts für Betrugsbekämpfung (OLAF) ist: entweder weil OLAF ihr die Gelegenheit eingeräumt hat, zu den sie betreffenden Sachverhalten Stellung zu nehmen, oder weil sie im Rahmen einer OLAF-Untersuchung Gegenstand von Vor-Ort-Kontrollen war oder weil sie über die Einleitung, den Abschluss oder einen anderen Umstand im Zusammenhang mit einer OLAF-Untersuchung, deren Gegenstand sie ist, unterrichtet wurde;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="930" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FF77DAD" w14:textId="2880DFD9" w:rsidR="002254B5" w:rsidRDefault="002254B5" w:rsidP="002254B5">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -3217,65 +3236,180 @@
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="000E044C" w14:paraId="206BE170" w14:textId="77777777" w:rsidTr="000E044C">
+        <w:trPr>
+          <w:trHeight w:val="614"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30B48811" w14:textId="72297BA5" w:rsidR="000E044C" w:rsidRPr="000E044C" w:rsidDel="00977B4E" w:rsidRDefault="00890229" w:rsidP="006C4CDC">
+            <w:pPr>
+              <w:pStyle w:val="Text1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:ind w:left="709" w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="29" w:name="_DV_C376"/>
+            <w:bookmarkEnd w:id="28"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anderen vergleichbaren Situationen. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="930" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18D4CD0B" w14:textId="77777777" w:rsidR="000E044C" w:rsidRDefault="000E044C" w:rsidP="006C4CDC">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="825" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36CAE2CF" w14:textId="77777777" w:rsidR="000E044C" w:rsidRDefault="000E044C" w:rsidP="006C4CDC">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16F4487F" w14:textId="7644334E" w:rsidR="00897553" w:rsidRDefault="00897553" w:rsidP="00422300">
+    <w:p w14:paraId="16F4487F" w14:textId="3C305866" w:rsidR="00897553" w:rsidRDefault="00897553" w:rsidP="00422300">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_DV_C376"/>
       <w:r>
-        <w:t>II</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> – Ausschlusssituationen in Bezug auf natürliche Personen oder juristische Personen mit Vertretungs-, Entscheidungs- oder Kontrollbefugnis über die juristische Person und auf wirtschaftliche Eigentümer</w:t>
+        <w:t>II – Ausschlusssituationen in Bezug auf natürliche Personen oder juristische Personen mit Vertretungs-, Entscheidungs- oder Kontrollbefugnis über die juristische Person und auf wirtschaftliche Eigentümer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F44880" w14:textId="6842849F" w:rsidR="00897553" w:rsidRDefault="001F135A" w:rsidP="7F6CA770">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Entfällt, wenn es sich bei der „Person“ um eine natürliche Person, einen Mitgliedstaat oder eine lokale Behörde handelt. In allen anderen Fällen von allen beteiligten Stellen auszufüllen.</w:t>
@@ -4325,63 +4459,58 @@
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="06B1FD74" w14:textId="77777777" w:rsidR="00D6012C" w:rsidRDefault="00D6012C" w:rsidP="00422300">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16F4489A" w14:textId="31713DD5" w:rsidR="00CA27B0" w:rsidRDefault="00CA27B0" w:rsidP="00422300">
+    <w:p w14:paraId="16F4489A" w14:textId="52E718DF" w:rsidR="00CA27B0" w:rsidRDefault="00CA27B0" w:rsidP="00422300">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>III</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> – Ausschlusssituationen in Bezug auf natürliche oder juristische Personen, die unbegrenzt für die Schulden der juristischen Person haften</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>III – Ausschlusssituationen in Bezug auf natürliche oder juristische Personen, die unbegrenzt für die Schulden der juristischen Person haften</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35672559" w14:textId="242B3A3A" w:rsidR="00CF1E63" w:rsidRPr="00370A7F" w:rsidRDefault="00CF1E63" w:rsidP="6FB7994E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Entfällt, wenn es sich bei der „Person“ um eine natürliche Person, einen Mitgliedstaat, eine lokale Behörde oder eine juristische Person mit beschränkter Haftung handelt. In allen anderen Fällen von allen beteiligten Stellen auszufüllen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="363BC980" w14:textId="77777777" w:rsidR="00CF1E63" w:rsidRPr="00E25A58" w:rsidRDefault="00CF1E63" w:rsidP="00E25A58"/>
     <w:tbl>
@@ -4718,178 +4847,172 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28F7EA99" w14:textId="605DF004" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00B05C76">
+    <w:p w14:paraId="28F7EA99" w14:textId="76AEE25F" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00B05C76">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>IV</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> – Andere Gründe für eine Ablehnung in diesem Verfahren</w:t>
+        <w:t>IV – Andere Gründe für eine Ablehnung in diesem Verfahren</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49EFC66C" w14:textId="603EB082" w:rsidR="00B05C76" w:rsidRPr="00897E28" w:rsidRDefault="00B05C76" w:rsidP="00B05C76">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>(vom Einzelbewerber/Einzelbieter oder im Falle eines gemeinsamen Teilnahmeantrags/gemeinsamen Angebots von allen Mitgliedern getrennt auszufüllen)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9756" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8297"/>
         <w:gridCol w:w="669"/>
         <w:gridCol w:w="790"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B05C76" w14:paraId="71808D1B" w14:textId="77777777" w:rsidTr="00D6012C">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9C0B15" w14:textId="02D5DC39" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
+          <w:p w14:paraId="0E9C0B15" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="40" w:after="40"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>5 erklärt hiermit, dass die Person:</w:t>
+              <w:t>(5) erklärt hiermit, dass die Person:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1361E30C" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>JA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D50029A" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>NEIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B05C76" w14:paraId="68635D15" w14:textId="77777777" w:rsidTr="00D6012C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB249BB" w14:textId="616E278F" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
+          <w:p w14:paraId="6BB249BB" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">a) zuvor an der Erstellung der Auftragsunterlagen für dieses Gewährungsverfahren mitgewirkt hat, soweit dies einen Verstoß gegen den Gleichbehandlungsgrundsatz – einschließlich der Wettbewerbsverzerrung – darstellt, der auf andere Weise nicht behoben werden kann. </w:t>
+              <w:t xml:space="preserve">(a) zuvor an der Erstellung der Auftragsunterlagen für dieses Gewährungsverfahren mitgewirkt hat, soweit dies einen Verstoß gegen den Gleichbehandlungsgrundsatz – einschließlich der Wettbewerbsverzerrung – darstellt, der auf andere Weise nicht behoben werden kann. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31C36DC4" w14:textId="77777777" w:rsidR="00B05C76" w:rsidRDefault="00B05C76" w:rsidP="00D6012C">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -4924,157 +5047,139 @@
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C03A2FA" w14:textId="77777777" w:rsidR="00995B35" w:rsidRPr="008652A3" w:rsidRDefault="00995B35" w:rsidP="008652A3"/>
-    <w:bookmarkEnd w:id="28"/>
-    <w:p w14:paraId="16F448B3" w14:textId="7AE8FB9A" w:rsidR="00F96EAB" w:rsidRPr="006C6DFD" w:rsidRDefault="00340E14" w:rsidP="002F6C60">
+    <w:p w14:paraId="16F448B3" w14:textId="15E2BC2A" w:rsidR="00F96EAB" w:rsidRPr="006C6DFD" w:rsidRDefault="00340E14" w:rsidP="002F6C60">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        <w:t>V</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A214B">
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:smallCaps/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Abhilfemaßnahmen</w:t>
+        <w:t>V – Abhilfemaßnahmen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F448B4" w14:textId="0E80E9C8" w:rsidR="005C6293" w:rsidRDefault="005C6293" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Wenn die Person erklärt, dass eine der oben angeführten Ausschlusssituationen vorliegt, kann sie Abhilfemaßnahmen angeben, die sie zur Behebung der Ausschlusssituation getroffen hat, damit der Anweisungsbefugte feststellen kann, ob diese Maßnahmen ihre Zuverlässigkeit hinreichend unter Beweis stellen.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dazu können beispielsweise technische, organisatorische und personelle Maßnahmen, die zum Ziel haben, ein erneutes Auftreten der Situation zu vermeiden, Schadenersatzforderungen oder die Zahlung von Bußgeldern, Steuern oder Sozialbeiträgen zählen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="773D5FBD" w14:textId="6FDC2569" w:rsidR="0020320A" w:rsidRDefault="0020320A" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Unbeschadet der Bewertung des zuständigen Anweisungsbefugten legt die Person oder Stelle Abhilfemaßnahmen vor, die von einem externen unabhängigen Rechnungsprüfer bewertet oder durch einen Beschluss einer nationalen Behörde oder einer Unionsbehörde als ausreichend erachtet wurden. Der entsprechende Nachweis für die getroffenen Abhilfemaßnahmen und ihre Bewertung ist dieser Erklärung als Anlage beizufügen. Für die unter Abschnitt I Nummer 1 Buchstabe d dieser Erklärung genannten Situationen gelten keine Abhilfemaßnahmen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F448B5" w14:textId="570947B8" w:rsidR="00F96EAB" w:rsidRPr="007D7A5F" w:rsidRDefault="00B05C76" w:rsidP="0024225B">
+    <w:p w14:paraId="16F448B5" w14:textId="3FE5177B" w:rsidR="00F96EAB" w:rsidRPr="007D7A5F" w:rsidRDefault="00B05C76" w:rsidP="0024225B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>VI</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> – Nachweise zu den Ausschlusskriterien</w:t>
+        <w:t>VI – Nachweise zu den Ausschlusskriterien</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="477A6316" w14:textId="3261E630" w:rsidR="00695D93" w:rsidRDefault="0092592E" w:rsidP="7F6CA770">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="11"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>In den Spezifikationen der Ausschreibung wird ausführlich dargelegt, welche beteiligten Stellen geeignete Nachweise erbringen müssen, um zu belegen, dass sie sich nicht in einer der in Nummer 1 genannten Ausschlusssituationen befinden, und wann die Nachweise erbracht werden müssen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EE64640" w14:textId="03697B6E" w:rsidR="00835E88" w:rsidRPr="00F76ABA" w:rsidRDefault="00CA3ADD" w:rsidP="00835E88">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Folgende Nachweise könnten als geeignete Nachweise dienen:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F448B7" w14:textId="7D810624" w:rsidR="00357CC2" w:rsidRPr="00900331" w:rsidRDefault="00DA410F" w:rsidP="00897E28">
       <w:pPr>
         <w:pStyle w:val="Text1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Als Nachweis dafür, dass keine der unter Nummer 1 Buchstaben a, c, d, f, g oder h genannten Situationen vorliegt, ist ein Strafregisterauszug neueren Datums oder ersatzweise eine gleichwertige Bescheinigung neueren Datums einer zuständigen Justiz- oder Verwaltungsbehörde des Niederlassungslandes der Person vorzulegen, aus der hervorgeht, dass diese Anforderungen erfüllt sind. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F448B8" w14:textId="65CFA682" w:rsidR="00E6004E" w:rsidRPr="00900331" w:rsidRDefault="00357CC2" w:rsidP="00897E28">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
@@ -5331,156 +5436,151 @@
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Ehrenwörtliche Erklärung zu den Eignungskriterien </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D59BB2A" w14:textId="01DD445D" w:rsidR="743C92D7" w:rsidRDefault="743C92D7" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Bei einem Verfahren mit mehreren Losen gelten die Erklärungen in Teil B für die Lose, für die der Teilnahmeantrag/das Angebot eingereicht wird.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7232500E" w14:textId="1A113297" w:rsidR="00E25A58" w:rsidRDefault="00E25A58" w:rsidP="00E25A58">
+    <w:p w14:paraId="7232500E" w14:textId="59A72938" w:rsidR="00E25A58" w:rsidRDefault="00E25A58" w:rsidP="00E25A58">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>I</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> – Eignungskriterien</w:t>
+        <w:t>I – Eignungskriterien</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CE533D0" w14:textId="16A9A02E" w:rsidR="00B74E92" w:rsidRPr="00897E28" w:rsidRDefault="00CA2C74" w:rsidP="051D3D6B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Für den Bewerber/Bieter insgesamt geltende Eignungskriterien – Gesamtbewertung </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E43862B" w14:textId="28BF9BC9" w:rsidR="006E23B3" w:rsidRPr="00897E28" w:rsidRDefault="006E23B3" w:rsidP="00897E28">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Hlk203596443"/>
+      <w:bookmarkStart w:id="30" w:name="_Hlk203596443"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(NUR vom Einzelbewerber/Einzelbieter oder im Falle eines gemeinsamen Teilnahmeantrags/gemeinsamen Angebots vom federführenden Mitglied der Bietergemeinschaft auszufüllen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="580B2348" w14:textId="36EFDB8E" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="00F04B97">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Die Person, die ein Einzelbewerber/ein Einzelbieter/das federführende Mitglied der Bietergemeinschaft eines gemeinsamen Teilnahmeantrags/gemeinsamen Angebots ist und einen Teilnahmeantrag/ein Angebot für das oben genannte Verfahren einreicht:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00723411" w14:paraId="1E301121" w14:textId="77777777" w:rsidTr="00897E28">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DF8EF4D" w14:textId="2F5257B6" w:rsidR="00723411" w:rsidRDefault="0056736F" w:rsidP="00585B73">
+          <w:p w14:paraId="1DF8EF4D" w14:textId="00202667" w:rsidR="00723411" w:rsidRDefault="0056736F" w:rsidP="00585B73">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>6 erklärt hiermit, dass der Bewerber/Bieter, einschließlich aller Mitglieder der Bietergemeinschaft im Falle eines gemeinsamen Teilnahmeantrags/gemeinsamen Angebots, der Unterauftragnehmer und der Stellen, deren Kapazitäten der Bewerber/Bieter gegebenenfalls in Anspruch nehmen möchte:</w:t>
+              <w:t>(6) erklärt hiermit, dass der Bewerber/Bieter, einschließlich aller Mitglieder der Bietergemeinschaft im Falle eines gemeinsamen Teilnahmeantrags/gemeinsamen Angebots, der Unterauftragnehmer und der Stellen, deren Kapazitäten der Bewerber/Bieter gegebenenfalls in Anspruch nehmen möchte:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72012666" w14:textId="77777777" w:rsidR="00723411" w:rsidRDefault="00723411" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>JA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5604,51 +5704,51 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p w14:paraId="50AB76DC" w14:textId="419BD58E" w:rsidR="00CA2C74" w:rsidRPr="00EC7E2B" w:rsidRDefault="00CA2C74" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Die nachfolgende Option ist vom öffentlichen Auftraggeber einzufügen, wenn dies gemäß den Auftragsunterlagen erforderlich ist. Der öffentliche Auftraggeber muss den nachstehenden Abschnitt streichen, wenn es keine individuell anwendbaren Eignungskriterien gibt. Gibt es solche Kriterien, so muss der öffentliche Auftraggeber die Tabelle an die in den Spezifikationen der Ausschreibung genannten Kriterien anpassen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CFBC1F8" w14:textId="7B867C43" w:rsidR="00CA2C74" w:rsidRPr="00897E28" w:rsidRDefault="00C4227A">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -5706,65 +5806,65 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9286" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6876"/>
         <w:gridCol w:w="684"/>
         <w:gridCol w:w="790"/>
         <w:gridCol w:w="936"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A551F6" w14:paraId="4C5D7034" w14:textId="77777777" w:rsidTr="740E3E08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66242635" w14:textId="70AC25FC" w:rsidR="00A551F6" w:rsidRPr="006C5B50" w:rsidRDefault="00850397" w:rsidP="006020BD">
+          <w:p w14:paraId="66242635" w14:textId="50DF55FA" w:rsidR="00A551F6" w:rsidRPr="006C5B50" w:rsidRDefault="00850397" w:rsidP="006020BD">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:firstLine="1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>7 erklärt, dass die Person die Eignungskriterien erfüllt, die individuell für sie gelten:</w:t>
+              <w:t>(7) erklärt, dass die Person die Eignungskriterien erfüllt, die individuell für sie gelten:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13DAA78F" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>JA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="465AC66E" w14:textId="77777777" w:rsidR="00A551F6" w:rsidRDefault="00A551F6" w:rsidP="00C37A34">
@@ -6170,87 +6270,71 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F200ED7" w14:textId="13E0DD64" w:rsidR="00850397" w:rsidRPr="006C5B50" w:rsidRDefault="006C5B50" w:rsidP="00D36F93">
+    <w:p w14:paraId="7F200ED7" w14:textId="02A6270A" w:rsidR="00850397" w:rsidRPr="006C5B50" w:rsidRDefault="006C5B50" w:rsidP="00D36F93">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:noProof/>
           <w:kern w:val="28"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:smallCaps/>
         </w:rPr>
-        <w:t>II</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> – Eignungskriterien – kollidierende berufliche Interessen </w:t>
+        <w:t xml:space="preserve">II – Eignungskriterien – kollidierende berufliche Interessen </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D4253AB" w14:textId="6F28DDE5" w:rsidR="00850397" w:rsidRPr="00897E28" w:rsidRDefault="00850397" w:rsidP="00EE7E2B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:firstLine="1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>(von allen beteiligten Stellen auszufüllen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E52E5EC" w14:textId="6CF73761" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="00850397">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -6282,57 +6366,58 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00850397" w14:paraId="686951BD" w14:textId="77777777" w:rsidTr="6FB7994E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72049991" w14:textId="13CC42D9" w:rsidR="00850397" w:rsidRDefault="007E0722" w:rsidP="007E0722">
+          <w:p w14:paraId="72049991" w14:textId="2B710EF4" w:rsidR="00850397" w:rsidRDefault="007E0722" w:rsidP="007E0722">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">8 erklärt hiermit, dass die Person: </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">(8) erklärt hiermit, dass die Person: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="358441F1" w14:textId="77777777" w:rsidR="00850397" w:rsidRDefault="00850397" w:rsidP="002775C9">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>JA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6453,65 +6538,59 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="790CAC98" w14:textId="413513D0" w:rsidR="00C4227A" w:rsidRDefault="00C4227A" w:rsidP="00C4227A">
+    <w:p w14:paraId="790CAC98" w14:textId="130FE33D" w:rsidR="00C4227A" w:rsidRDefault="00C4227A" w:rsidP="00C4227A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>III</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> – Nachweise zu den Eignungskriterien </w:t>
+        <w:t xml:space="preserve">III – Nachweise zu den Eignungskriterien </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C38D641" w14:textId="3F0D33E7" w:rsidR="00F04B97" w:rsidRDefault="00F04B97" w:rsidP="051D3D6B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>In den Spezifikationen der Ausschreibung ist detailliert festgelegt, welche Nachweise wann und von welcher beteiligten Stelle vorzulegen sind, um nachzuweisen, dass der Bewerber/Bieter die Eignungskriterien erfüllt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1699FA0D" w14:textId="0C53EE83" w:rsidR="00F04B97" w:rsidRPr="00A64C2E" w:rsidRDefault="00F04B97" w:rsidP="00897E28">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Müssen die Nachweise nicht zusammen mit dem Teilnahmeantrag/Angebot vorgelegt werden, so wird die Person gebeten, die entsprechenden Nachweise im Voraus vorzubereiten, da der öffentliche Auftraggeber verlangen kann, dass diese innerhalb einer kurzen Frist vorgelegt werden. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1279E35F" w14:textId="2584B0D8" w:rsidR="0073022B" w:rsidRDefault="0073022B" w:rsidP="051D3D6B">
       <w:pPr>
@@ -6769,53 +6848,53 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="00781ACA" w:rsidRPr="00781ACA" w14:paraId="3DC7322F" w14:textId="77777777" w:rsidTr="44EC6836">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F4B8612" w14:textId="135128A9" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
-[...1 lines deleted...]
-              <w:t>9 erklärt hiermit, dass der Bewerber/Bieter, einschließlich aller Mitglieder der Bietergemeinschaft im Falle eines gemeinsamen Teilnahmeantrags/gemeinsamen Angebots, der Unterauftragnehmer und der Stellen, deren Kapazitäten der Bewerber/Bieter gegebenenfalls in Anspruch nehmen möchte:</w:t>
+          <w:p w14:paraId="2F4B8612" w14:textId="4E0AD68E" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
+            <w:r>
+              <w:t>(9) erklärt hiermit, dass der Bewerber/Bieter, einschließlich aller Mitglieder der Bietergemeinschaft im Falle eines gemeinsamen Teilnahmeantrags/gemeinsamen Angebots, der Unterauftragnehmer und der Stellen, deren Kapazitäten der Bewerber/Bieter gegebenenfalls in Anspruch nehmen möchte:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F632F5C" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
             <w:r>
               <w:t>JA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6844,67 +6923,72 @@
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DDCF990" w14:textId="5CBBB24E" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00073CDE" w:rsidP="00073CDE">
             <w:r>
               <w:t xml:space="preserve">a) den </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>restriktiven Maßnahmen der EU</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t xml:space="preserve"> nach Artikel 29 des Vertrags über die Europäische Union (EUV) bzw. Artikel 215 des Vertrags über die Arbeitsweise der Europäischen Union (AEUV) nicht unterliegt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:footnoteReference w:id="7"/>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">, die in dem Verbot bestehen, ihm unmittelbar oder mittelbar Mittel oder wirtschaftliche Ressourcen bereitzustellen oder zu übertragen oder ihm unmittelbar oder mittelbar Finanzmittel oder Finanzhilfen zur Verfügung zu stellen, bzw. darin, seine Vermögenswerte einzufrieren. </w:t>
+              <w:t xml:space="preserve">, die in dem Verbot bestehen, ihm unmittelbar oder mittelbar Mittel oder </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">wirtschaftliche Ressourcen bereitzustellen oder zu übertragen oder ihm unmittelbar oder mittelbar Finanzmittel oder Finanzhilfen zur Verfügung zu stellen, bzw. darin, seine Vermögenswerte einzufrieren. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="415EBD8A" w14:textId="77777777" w:rsidR="00781ACA" w:rsidRPr="00403CC8" w:rsidRDefault="00781ACA" w:rsidP="00781ACA">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -6921,92 +7005,250 @@
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00A55F8A" w:rsidRPr="00781ACA" w14:paraId="13FC3B83" w14:textId="77777777" w:rsidTr="44EC6836">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6868D088" w14:textId="6008ED7A" w:rsidR="00A55F8A" w:rsidRDefault="00A55F8A" w:rsidP="00073CDE">
+            <w:r>
+              <w:t>(10) erklärt hiermit, dass sich eine natürliche oder juristische Person, die Mitglied des Verwaltungs-, Leitungs- oder Aufsichtsorgans der Person ist oder die Vertretungs-, Entscheidungs- oder Kontrollbefugnis über die Person hat (dies betrifft unter anderem Unternehmensleiter, Mitglieder der Führungs- oder Aufsichtsgremien und Fälle, in denen eine natürliche oder juristische Person die Anteilsmehrheit hält), oder ein wirtschaftlicher Eigentümer (im Sinne des Artikels 3 Nummer 6 der Richtlinie (EU) 2015/849) der Person in einer der folgenden Situationen befindet:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1814E9F8" w14:textId="77E39255" w:rsidR="00A55F8A" w:rsidRDefault="00A55F8A" w:rsidP="00781ACA">
+            <w:r>
+              <w:t>JA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75608C88" w14:textId="153E76D8" w:rsidR="00A55F8A" w:rsidRDefault="00A55F8A" w:rsidP="00781ACA">
+            <w:r>
+              <w:t>NEIN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A55F8A" w:rsidRPr="00781ACA" w14:paraId="64023582" w14:textId="77777777" w:rsidTr="44EC6836">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="594120ED" w14:textId="639D5EFD" w:rsidR="00A55F8A" w:rsidRDefault="00A55F8A" w:rsidP="00073CDE">
+            <w:r>
+              <w:t xml:space="preserve">a) den </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>restriktiven Maßnahmen der EU</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> nach Artikel 29 des Vertrags über die Europäische Union (EUV) bzw. Artikel 215 des Vertrags über die Arbeitsweise der Europäischen Union (AEUV) nicht unterliegt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="8"/>
+            </w:r>
+            <w:r>
+              <w:t>, die in dem Verbot bestehen, ihm unmittelbar oder mittelbar Mittel oder wirtschaftliche Ressourcen bereitzustellen oder zu übertragen oder ihm unmittelbar oder mittelbar Finanzmittel oder Finanzhilfen zur Verfügung zu stellen, bzw. darin, seine Vermögenswerte einzufrieren.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="951" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3299146B" w14:textId="2DA88F0F" w:rsidR="00A55F8A" w:rsidRDefault="00A55F8A" w:rsidP="00781ACA">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35B10B10" w14:textId="65FDEBE4" w:rsidR="00A55F8A" w:rsidRDefault="00A55F8A" w:rsidP="00781ACA">
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="22B2152C" w14:textId="77777777" w:rsidR="005D7CB0" w:rsidRPr="005D7CB0" w:rsidRDefault="005D7CB0" w:rsidP="005D7CB0"/>
     <w:p w14:paraId="0A2970AE" w14:textId="49E83F14" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="006B2B45">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Hlk203596381"/>
+      <w:bookmarkStart w:id="31" w:name="_Hlk203596381"/>
       <w:r>
         <w:t>Ehrenwörtliche Erklärung</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:t xml:space="preserve"> über festgestellte Schulden gegenüber der Union </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DCBB562" w14:textId="2B918F79" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="0013073C" w:rsidP="6FB7994E">
+    <w:p w14:paraId="1DCBB562" w14:textId="03CF733F" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="0013073C" w:rsidP="6FB7994E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
-        <w:t>(vom Einzelbewerber/Einzelbieter oder im Falle eines gemeinsamen Teilnahmeantrags/gemeinsamen Angebots von jedem Mitglied der Bietergemeinschaft auszufüllen)</w:t>
+        <w:t xml:space="preserve"> (vom Einzelbewerber/Einzelbieter oder im Falle eines gemeinsamen Teilnahmeantrags/gemeinsamen Angebots von jedem Mitglied der Bietergemeinschaft auszufüllen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5915DC59" w14:textId="752F5BD7" w:rsidR="00EE7E2B" w:rsidRDefault="00EE7E2B" w:rsidP="00EE7E2B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Die Person, die ein Einzelbewerber/ein Einzelbieter/ein Mitglied der Bietergemeinschaft eines gemeinsamen Teilnahmeantrags/gemeinsamen Angebots ist und einen Teilnahmeantrag/ein Angebot für das oben genannte Verfahren einreicht:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14A59500" w14:textId="77777777" w:rsidR="00EE7E2B" w:rsidRDefault="00EE7E2B" w:rsidP="00EE7E2B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -7016,63 +7258,63 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7379"/>
         <w:gridCol w:w="951"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
       <w:tr w:rsidR="006B2B45" w:rsidRPr="006B0A89" w14:paraId="38621178" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CEFFAC7" w14:textId="2B0C66B6" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="00920214" w:rsidP="006B0A89">
+          <w:p w14:paraId="5CEFFAC7" w14:textId="4A08A129" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="00920214" w:rsidP="006B0A89">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
+              <w:t>(1</w:t>
+            </w:r>
+            <w:r w:rsidR="00162E7A">
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="001C26CF">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> erklärt hiermit, dass die Person:</w:t>
+            <w:r>
+              <w:t>) erklärt hiermit, dass die Person:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7D747CEE" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>JA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7087,61 +7329,61 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="78E9B217" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>NEIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B2B45" w14:paraId="119AF60A" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7379" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2544FED7" w14:textId="15CD14B5" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="00EE7E2B" w:rsidP="051D3D6B">
+          <w:p w14:paraId="2544FED7" w14:textId="320CDAB9" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="00EE7E2B" w:rsidP="051D3D6B">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>a) eine festgestellte Schuld gegenüber der Union, der Europäischen Atomgemeinschaft oder einer Exekutivagentur hat, soweit Letztere den Unionshaushalt ausführt.</w:t>
+              <w:t>(a) eine festgestellte Schuld gegenüber der Union, der Europäischen Atomgemeinschaft oder einer Exekutivagentur hat, soweit Letztere den Unionshaushalt ausführt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="951" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62F13434" w14:textId="77777777" w:rsidR="006B2B45" w:rsidRPr="006B0A89" w:rsidRDefault="006B2B45" w:rsidP="00C37A34">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -7262,114 +7504,121 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9756" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8297"/>
         <w:gridCol w:w="669"/>
         <w:gridCol w:w="790"/>
       </w:tblGrid>
       <w:tr w:rsidR="000F6EA2" w14:paraId="022E046F" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09C4ACC7" w14:textId="56F51E15" w:rsidR="000F6EA2" w:rsidRDefault="00C210FF" w:rsidP="00C210FF">
+          <w:p w14:paraId="09C4ACC7" w14:textId="6260D8B8" w:rsidR="000F6EA2" w:rsidRDefault="00C210FF" w:rsidP="00C210FF">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>11 erklärt hiermit, dass die Person:</w:t>
+              <w:t>(1</w:t>
+            </w:r>
+            <w:r w:rsidR="00162E7A">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>) erklärt hiermit, dass die Person:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59250AC2" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>JA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="759" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D1AA4B7" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>NEIN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F6EA2" w14:paraId="787F342E" w14:textId="77777777" w:rsidTr="051D3D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7975BFE1" w14:textId="148FF50E" w:rsidR="000F6EA2" w:rsidRDefault="000C6B51" w:rsidP="051D3D6B">
+          <w:p w14:paraId="7975BFE1" w14:textId="706E36C7" w:rsidR="000F6EA2" w:rsidRDefault="000C6B51" w:rsidP="051D3D6B">
             <w:pPr>
               <w:pStyle w:val="Text1"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>a) [das eingereichte Angebot völlig unabhängig sowie autonom von anderen Angeboten vorbereitet hat, die im Rahmen desselben Vergabeverfahrens eingereicht wurden] [sich dazu verpflichtet, das Angebot (bei Aufforderung zur Einreichung eines Angebots) völlig unabhängig sowie autonom von anderen Angeboten vorzubereiten, die im Rahmen desselben Vergabeverfahrens eingereicht wurden].</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>(a) [das eingereichte Angebot völlig unabhängig sowie autonom von anderen Angeboten vorbereitet hat, die im Rahmen desselben Vergabeverfahrens eingereicht wurden] [sich dazu verpflichtet, das Angebot (bei Aufforderung zur Einreichung eines Angebots) völlig unabhängig sowie autonom von anderen Angeboten vorzubereiten, die im Rahmen desselben Vergabeverfahrens eingereicht wurden].</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="670" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="354F15FF" w14:textId="77777777" w:rsidR="000F6EA2" w:rsidRDefault="000F6EA2" w:rsidP="00C54FCE">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
@@ -7651,87 +7900,87 @@
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Bevor Sie Ihr elektronisch unterzeichnetes Dokument zurücksenden, überprüfen Sie bitte die Unterschrift und die Gültigkeit des Zertifikats mit einem der folgenden Instrumente:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51E4A90D" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Validierungstool „DSS Demonstration“ (abrufbar unter </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
+      <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:highlight w:val="lightGray"/>
           </w:rPr>
           <w:t>https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>) kann Ihnen dabei helfen, die Gültigkeit eines Zertifikats zu überprüfen. Dafür zeigt es die Zahl und die Arten der gültigen Signaturen in einem Dokument an.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C363E86" w14:textId="114D5DCB" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve">Mithilfe des Tools „Trusted List Browser“ können Sie kontrollieren, ob der Anbieter der elektronischen Signatur und der von ihm erbrachte Vertrauensdienst in der vertrauenswürdigen Liste der Europäischen Union geführt werden: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:anchor="/screen/home">
+      <w:hyperlink r:id="rId15" w:anchor="/screen/home">
         <w:r>
           <w:rPr>
             <w:i/>
             <w:highlight w:val="lightGray"/>
           </w:rPr>
           <w:t>https://esignature.ec.europa.eu/efda/tl-browser/#/screen/home</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58097C9C" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="00454D84">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EFE5604" w14:textId="77777777" w:rsidR="00454D84" w:rsidRPr="002870DB" w:rsidRDefault="00454D84" w:rsidP="051D3D6B">
       <w:pPr>
         <w:rPr>
           <w:i/>
@@ -7781,84 +8030,84 @@
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B4AD373" w14:textId="40400EE6" w:rsidR="00454D84" w:rsidRPr="006B2B45" w:rsidRDefault="00454D84" w:rsidP="004D4F4A">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>Wenn Sie nicht die Möglichkeit haben, die Erklärung mit einer qualifizierten elektronischen Signatur (QES) zu unterzeichnen, bitten wir Sie, sie elektronisch auszufüllen, anschließend auszudrucken und von Ihrem/Ihren bevollmächtigten Vertreter(n) datieren und handschriftlich unterzeichnen zu lassen.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00454D84" w:rsidRPr="006B2B45" w:rsidSect="001D72E4">
-      <w:headerReference w:type="even" r:id="rId15"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId20"/>
+      <w:headerReference w:type="even" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="even" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
+      <w:headerReference w:type="first" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="567" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B44A20C" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
+    <w:p w14:paraId="26ECFEA0" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="518A538A" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
+    <w:p w14:paraId="76C33E51" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="03774AAF" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E"/>
+    <w:p w14:paraId="51D87646" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -7866,53 +8115,53 @@
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -8048,129 +8297,116 @@
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42EBA7AE" w14:textId="70FD2B71" w:rsidR="00585B73" w:rsidRPr="00D6012C" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="247F4E4D" w14:textId="77777777" w:rsidR="00585B73" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20CAD0A3" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
+    <w:p w14:paraId="5612B4D0" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24CF8C5F" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
+    <w:p w14:paraId="333A5CC8" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0C75502B" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E"/>
+    <w:p w14:paraId="434E5136" w14:textId="77777777" w:rsidR="009E038E" w:rsidRDefault="009E038E"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="61539AC3" w14:textId="46EF5ACC" w:rsidR="00585B73" w:rsidRPr="009857B0" w:rsidRDefault="00585B73">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Dasselbe EU-Organ, dieselbe EU-Einrichtung oder dieselbe sonstige Stelle der EU. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="77A259E1" w14:textId="37F9C71D" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Der Begriff </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E07406">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E07406">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>„beteiligte Stelle“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E07406">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> bezeichnet jeden Wirtschaftsteilnehmer, der am Teilnahmeantrag/Angebot beteiligt ist. Folgende</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> bezeichnet jeden Wirtschaftsteilnehmer, der am Teilnahmeantrag/Angebot beteiligt ist.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vier Kategorien von Wirtschaftsteilnehmern sind davon betroffen:</w:t>
+        <w:t xml:space="preserve"> Folgende vier Kategorien von Wirtschaftsteilnehmern sind davon betroffen:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5F011B" w14:textId="797285D5" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einzelbewerber/Einzelbieter, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19BA1FBC" w14:textId="0458761C" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
@@ -8218,74 +8454,70 @@
         <w:t xml:space="preserve">benannte Unterauftragnehmer und </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47F4AE29" w14:textId="50B7CA17" w:rsidR="00585B73" w:rsidRPr="00B74CFF" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="52"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sonstige Stellen (die keine Unterauftragnehmer sind), deren Kapazitäten der Bewerber/Bieter in Anspruch nimmt, um die Eignungskriterien zu erfüllen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE9C146" w14:textId="10CA3A5B" w:rsidR="00585B73" w:rsidRPr="004C0A40" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
+    <w:p w14:paraId="5BE9C146" w14:textId="10CA3A5B" w:rsidR="00585B73" w:rsidRPr="002A59C8" w:rsidRDefault="00585B73" w:rsidP="004C0A40">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="60E27032" w14:textId="36A1F68E" w:rsidR="002254B5" w:rsidRPr="00295BCF" w:rsidRDefault="002254B5" w:rsidP="00295BCF">
+    <w:p w14:paraId="7F511AE8" w14:textId="5800C21C" w:rsidR="00211706" w:rsidRPr="00211706" w:rsidRDefault="00211706">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Die Erklärung in dieser Nummer 2 ist freiwillig und kann keine nachteilige Rechtsfolge für den Wirtschaftsteilnehmer haben, bis die Bedingungen des Artikels 143 Absatz 1 Buchstabe a HO erfüllt sind.</w:t>
+        <w:t xml:space="preserve"> Falls Sie eine der Fragen mit „Ja“ beantworten, machen Sie bitte nähere Angaben, die Sie für angemessen halten.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="79038C83" w14:textId="46E5ADA1" w:rsidR="00585B73" w:rsidRPr="00EA6BA4" w:rsidRDefault="00585B73">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Dasselbe EU-Organ, dieselbe EU-Einrichtung oder dieselbe sonstige Stelle der EU.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="691476B8" w14:textId="175A7801" w:rsidR="00585B73" w:rsidRPr="00EA6BA4" w:rsidRDefault="00585B73" w:rsidP="0073022B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
@@ -8293,124 +8525,159 @@
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Dasselbe EU-Organ, dieselbe EU-Einrichtung oder dieselbe sonstige Stelle der EU.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
     <w:p w14:paraId="778927A2" w14:textId="77777777" w:rsidR="0008506D" w:rsidRPr="00E07552" w:rsidRDefault="0008506D" w:rsidP="0008506D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Bitte beachten Sie, dass das Amtsblatt der EU die offizielle Liste enthält und im Konfliktfall deren Inhalt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C271E7" w14:textId="77777777" w:rsidR="0008506D" w:rsidRPr="00E07552" w:rsidRDefault="0008506D" w:rsidP="0008506D">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">gegenüber demjenigen der </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="/main" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>EU-Sanktionskarte</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> Vorrang genießt.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="8">
+    <w:p w14:paraId="2751FCA2" w14:textId="77777777" w:rsidR="00A55F8A" w:rsidRPr="00E07552" w:rsidRDefault="00A55F8A" w:rsidP="00A55F8A">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Bitte beachten Sie, dass das Amtsblatt der EU die offizielle Liste enthält und im Konfliktfall deren Inhalt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F559BD6" w14:textId="77777777" w:rsidR="00A55F8A" w:rsidRPr="00E07552" w:rsidRDefault="00A55F8A" w:rsidP="00A55F8A">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">gegenüber demjenigen der </w:t>
       </w:r>
       <w:hyperlink w:anchor="/main" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>EU-Sanktionskarte</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> Vorrang genießt.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D86A89D" w14:textId="77777777" w:rsidR="00A51213" w:rsidRDefault="00A51213">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2694530D" w14:textId="65C6BE40" w:rsidR="00585B73" w:rsidRDefault="00585B73" w:rsidP="001D72E4">
+  <w:p w14:paraId="2694530D" w14:textId="75EBB3FE" w:rsidR="00585B73" w:rsidRDefault="00585B73" w:rsidP="001D72E4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>Version von Juli 2025</w:t>
+      <w:t>Stand: Oktober 2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="42189F54" w14:textId="77777777" w:rsidR="00585B73" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16F448F6" w14:textId="24A0B937" w:rsidR="00585B73" w:rsidRPr="00370A7F" w:rsidRDefault="00585B73">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>Version von Juli 2025</w:t>
+      <w:t>Version von Juli 2022</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F32C732E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -9365,62 +9632,59 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6044" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21934A21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C18EF508"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="lowerRoman"/>
+    <w:tmpl w:val="975043B8"/>
+    <w:lvl w:ilvl="0" w:tplc="18090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1070" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9564,55 +9828,55 @@
         <w:ind w:left="5182" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5902" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CF440C6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="50C05930"/>
+    <w:tmpl w:val="A81A93D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -9644,63 +9908,61 @@
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E116DC0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B5A89F84"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="­"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="283"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E5C38F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A008BEE0"/>
-    <w:lvl w:ilvl="0" w:tplc="34BA35F0">
+    <w:tmpl w:val="22D4A86A"/>
+    <w:lvl w:ilvl="0" w:tplc="B1160778">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:i w:val="0"/>
-        <w:iCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1222" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1942" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -9845,55 +10107,55 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FA80CBD"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="EA44D7CC"/>
+    <w:tmpl w:val="8FE858E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -10764,55 +11026,55 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5542" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6262" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48A537A3"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A8DEC148"/>
+    <w:tmpl w:val="8FE858E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -11081,55 +11343,55 @@
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E12590F"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E264B4DA"/>
+    <w:tmpl w:val="8FE858E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -11487,63 +11749,61 @@
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="662B5C67"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="40D2097A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="283"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6709224B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="18D86730"/>
-    <w:lvl w:ilvl="0" w:tplc="2E74A106">
+    <w:tmpl w:val="D4FC73AC"/>
+    <w:lvl w:ilvl="0" w:tplc="C74076B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:i/>
-        <w:iCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -12867,238 +13127,251 @@
     <w:rsid w:val="000000DA"/>
     <w:rsid w:val="000001AD"/>
     <w:rsid w:val="00000D90"/>
     <w:rsid w:val="00001697"/>
     <w:rsid w:val="00011D8F"/>
     <w:rsid w:val="000134F6"/>
     <w:rsid w:val="00014289"/>
     <w:rsid w:val="0001478E"/>
     <w:rsid w:val="00015453"/>
     <w:rsid w:val="00021420"/>
     <w:rsid w:val="0003236B"/>
     <w:rsid w:val="00042DF5"/>
     <w:rsid w:val="00044C7D"/>
     <w:rsid w:val="00055F7F"/>
     <w:rsid w:val="00057312"/>
     <w:rsid w:val="00060716"/>
     <w:rsid w:val="00064BE7"/>
     <w:rsid w:val="00072088"/>
     <w:rsid w:val="00073CDE"/>
     <w:rsid w:val="00074059"/>
     <w:rsid w:val="00083DDE"/>
     <w:rsid w:val="0008506D"/>
     <w:rsid w:val="000853F7"/>
     <w:rsid w:val="00086029"/>
     <w:rsid w:val="00086A53"/>
+    <w:rsid w:val="000A04D6"/>
+    <w:rsid w:val="000A07E9"/>
     <w:rsid w:val="000A0BA5"/>
     <w:rsid w:val="000A49B6"/>
     <w:rsid w:val="000A6F71"/>
     <w:rsid w:val="000B1CF8"/>
     <w:rsid w:val="000B2CF0"/>
     <w:rsid w:val="000B34D3"/>
     <w:rsid w:val="000B67F3"/>
     <w:rsid w:val="000B752C"/>
     <w:rsid w:val="000C2EE8"/>
     <w:rsid w:val="000C3409"/>
     <w:rsid w:val="000C3A13"/>
     <w:rsid w:val="000C68B3"/>
     <w:rsid w:val="000C6B51"/>
     <w:rsid w:val="000D27F5"/>
     <w:rsid w:val="000D41F1"/>
     <w:rsid w:val="000D5F0F"/>
+    <w:rsid w:val="000E044C"/>
     <w:rsid w:val="000E2E14"/>
     <w:rsid w:val="000E6D3C"/>
     <w:rsid w:val="000F3EF8"/>
     <w:rsid w:val="000F40A3"/>
     <w:rsid w:val="000F5F4E"/>
     <w:rsid w:val="000F6EA2"/>
     <w:rsid w:val="00100A54"/>
     <w:rsid w:val="0010150F"/>
     <w:rsid w:val="0010484E"/>
     <w:rsid w:val="00105C02"/>
     <w:rsid w:val="0011021A"/>
     <w:rsid w:val="00110C98"/>
     <w:rsid w:val="00113FC7"/>
     <w:rsid w:val="0011512C"/>
     <w:rsid w:val="0011661C"/>
     <w:rsid w:val="00116FF1"/>
     <w:rsid w:val="00121829"/>
     <w:rsid w:val="001228C9"/>
+    <w:rsid w:val="001257B8"/>
     <w:rsid w:val="0012614D"/>
     <w:rsid w:val="0013073C"/>
     <w:rsid w:val="00131972"/>
     <w:rsid w:val="00133437"/>
     <w:rsid w:val="00134415"/>
     <w:rsid w:val="00151408"/>
     <w:rsid w:val="001524A7"/>
     <w:rsid w:val="001536C7"/>
     <w:rsid w:val="00154CF6"/>
     <w:rsid w:val="00156071"/>
     <w:rsid w:val="001564B0"/>
     <w:rsid w:val="00161151"/>
+    <w:rsid w:val="00162E7A"/>
     <w:rsid w:val="001633A3"/>
     <w:rsid w:val="00165F76"/>
     <w:rsid w:val="00170A83"/>
     <w:rsid w:val="00171B85"/>
     <w:rsid w:val="001751BC"/>
     <w:rsid w:val="00176DEC"/>
     <w:rsid w:val="00180151"/>
     <w:rsid w:val="00182B46"/>
+    <w:rsid w:val="00182D13"/>
     <w:rsid w:val="00184B3F"/>
     <w:rsid w:val="00191BB4"/>
     <w:rsid w:val="001969D1"/>
     <w:rsid w:val="001A2EAD"/>
     <w:rsid w:val="001A6E91"/>
     <w:rsid w:val="001A7789"/>
     <w:rsid w:val="001A7C0B"/>
     <w:rsid w:val="001B17EB"/>
-    <w:rsid w:val="001B1D33"/>
     <w:rsid w:val="001B3771"/>
     <w:rsid w:val="001B5619"/>
     <w:rsid w:val="001C14D3"/>
-    <w:rsid w:val="001C26CF"/>
     <w:rsid w:val="001C31D5"/>
+    <w:rsid w:val="001C4395"/>
     <w:rsid w:val="001C4F29"/>
     <w:rsid w:val="001C5CDF"/>
     <w:rsid w:val="001D72E4"/>
     <w:rsid w:val="001D7FA6"/>
     <w:rsid w:val="001E0D73"/>
     <w:rsid w:val="001E1AF4"/>
     <w:rsid w:val="001E25F2"/>
     <w:rsid w:val="001E33AE"/>
     <w:rsid w:val="001F135A"/>
     <w:rsid w:val="001F4321"/>
     <w:rsid w:val="0020320A"/>
     <w:rsid w:val="00204059"/>
     <w:rsid w:val="00206746"/>
     <w:rsid w:val="002071B5"/>
     <w:rsid w:val="00210CBD"/>
+    <w:rsid w:val="00211706"/>
     <w:rsid w:val="002121C3"/>
     <w:rsid w:val="0021259E"/>
     <w:rsid w:val="0021265F"/>
     <w:rsid w:val="00214D18"/>
     <w:rsid w:val="002151DC"/>
     <w:rsid w:val="0021662F"/>
     <w:rsid w:val="0021695B"/>
     <w:rsid w:val="0022078F"/>
     <w:rsid w:val="00221F81"/>
     <w:rsid w:val="0022226B"/>
     <w:rsid w:val="00222C6A"/>
     <w:rsid w:val="0022529D"/>
     <w:rsid w:val="002254B5"/>
     <w:rsid w:val="00227415"/>
     <w:rsid w:val="00230ACC"/>
     <w:rsid w:val="00235961"/>
     <w:rsid w:val="0024225B"/>
     <w:rsid w:val="00247570"/>
     <w:rsid w:val="00250E38"/>
     <w:rsid w:val="00251321"/>
     <w:rsid w:val="002523BC"/>
     <w:rsid w:val="002610C3"/>
+    <w:rsid w:val="00262DC7"/>
     <w:rsid w:val="00265657"/>
     <w:rsid w:val="00267A4E"/>
     <w:rsid w:val="00267DD7"/>
     <w:rsid w:val="00272C76"/>
     <w:rsid w:val="002737A5"/>
     <w:rsid w:val="0027592E"/>
     <w:rsid w:val="00276307"/>
     <w:rsid w:val="002775C9"/>
     <w:rsid w:val="00282169"/>
     <w:rsid w:val="002870DB"/>
     <w:rsid w:val="00290AC9"/>
     <w:rsid w:val="00292B05"/>
     <w:rsid w:val="002938BC"/>
     <w:rsid w:val="00293915"/>
     <w:rsid w:val="00295526"/>
     <w:rsid w:val="00295BCF"/>
     <w:rsid w:val="00295EA5"/>
     <w:rsid w:val="002966E6"/>
     <w:rsid w:val="002A09B7"/>
     <w:rsid w:val="002A328B"/>
+    <w:rsid w:val="002A59C8"/>
     <w:rsid w:val="002B27B2"/>
     <w:rsid w:val="002B2ABE"/>
     <w:rsid w:val="002B54BD"/>
     <w:rsid w:val="002B5569"/>
     <w:rsid w:val="002B7336"/>
+    <w:rsid w:val="002B7953"/>
     <w:rsid w:val="002C1324"/>
+    <w:rsid w:val="002C3BC2"/>
     <w:rsid w:val="002C56EC"/>
     <w:rsid w:val="002C76EE"/>
     <w:rsid w:val="002D4768"/>
     <w:rsid w:val="002D7022"/>
     <w:rsid w:val="002E016A"/>
     <w:rsid w:val="002E3945"/>
     <w:rsid w:val="002E4DDF"/>
     <w:rsid w:val="002E7FE3"/>
     <w:rsid w:val="002F0D05"/>
     <w:rsid w:val="002F4D73"/>
     <w:rsid w:val="002F6C60"/>
     <w:rsid w:val="00300E03"/>
     <w:rsid w:val="00304736"/>
     <w:rsid w:val="0030486A"/>
     <w:rsid w:val="00304E61"/>
     <w:rsid w:val="003154CD"/>
     <w:rsid w:val="00316C13"/>
     <w:rsid w:val="00321B2B"/>
     <w:rsid w:val="00325E5A"/>
     <w:rsid w:val="00327EBE"/>
     <w:rsid w:val="00332821"/>
     <w:rsid w:val="00333F36"/>
     <w:rsid w:val="0033485A"/>
     <w:rsid w:val="0033520A"/>
     <w:rsid w:val="00340E14"/>
+    <w:rsid w:val="00341182"/>
     <w:rsid w:val="00343F23"/>
     <w:rsid w:val="003443FA"/>
     <w:rsid w:val="00345F5A"/>
     <w:rsid w:val="00354B2E"/>
     <w:rsid w:val="00357A64"/>
     <w:rsid w:val="00357CC2"/>
     <w:rsid w:val="003606C5"/>
     <w:rsid w:val="00360DC9"/>
     <w:rsid w:val="00360EF5"/>
     <w:rsid w:val="00366D34"/>
     <w:rsid w:val="00366F7A"/>
     <w:rsid w:val="00366FB4"/>
     <w:rsid w:val="00370A7F"/>
     <w:rsid w:val="0037368F"/>
     <w:rsid w:val="003738BE"/>
+    <w:rsid w:val="0037431C"/>
     <w:rsid w:val="003761DA"/>
     <w:rsid w:val="00376A09"/>
     <w:rsid w:val="0038404C"/>
     <w:rsid w:val="00384EE5"/>
     <w:rsid w:val="003865BE"/>
     <w:rsid w:val="0039104C"/>
     <w:rsid w:val="0039338B"/>
     <w:rsid w:val="0039595B"/>
     <w:rsid w:val="003974B8"/>
     <w:rsid w:val="003A427B"/>
     <w:rsid w:val="003A74F8"/>
     <w:rsid w:val="003B3A9F"/>
     <w:rsid w:val="003B478B"/>
     <w:rsid w:val="003B523C"/>
     <w:rsid w:val="003B63B8"/>
     <w:rsid w:val="003B6ACF"/>
     <w:rsid w:val="003B7314"/>
+    <w:rsid w:val="003C155E"/>
     <w:rsid w:val="003C6B78"/>
     <w:rsid w:val="003C7E81"/>
     <w:rsid w:val="003D0FB8"/>
     <w:rsid w:val="003E2874"/>
     <w:rsid w:val="003E38BD"/>
     <w:rsid w:val="003E3BA0"/>
     <w:rsid w:val="003E4DCC"/>
     <w:rsid w:val="003E5E5C"/>
     <w:rsid w:val="003E77E7"/>
     <w:rsid w:val="003F19C9"/>
     <w:rsid w:val="003F4DFC"/>
     <w:rsid w:val="003F57E2"/>
     <w:rsid w:val="003F754E"/>
     <w:rsid w:val="004025EE"/>
     <w:rsid w:val="00403CC8"/>
     <w:rsid w:val="0040714B"/>
     <w:rsid w:val="00410AC2"/>
     <w:rsid w:val="004123FC"/>
     <w:rsid w:val="00413D8C"/>
     <w:rsid w:val="00420D17"/>
     <w:rsid w:val="00421C45"/>
     <w:rsid w:val="00422300"/>
     <w:rsid w:val="0042262A"/>
     <w:rsid w:val="00424EC0"/>
     <w:rsid w:val="00425174"/>
@@ -13111,694 +13384,711 @@
     <w:rsid w:val="00457E62"/>
     <w:rsid w:val="0046077A"/>
     <w:rsid w:val="004613D0"/>
     <w:rsid w:val="00464D85"/>
     <w:rsid w:val="00466AA5"/>
     <w:rsid w:val="00470C58"/>
     <w:rsid w:val="00471EE9"/>
     <w:rsid w:val="00472347"/>
     <w:rsid w:val="004729C1"/>
     <w:rsid w:val="004764EF"/>
     <w:rsid w:val="00476C53"/>
     <w:rsid w:val="00485E7A"/>
     <w:rsid w:val="00493426"/>
     <w:rsid w:val="004949D8"/>
     <w:rsid w:val="004A29F9"/>
     <w:rsid w:val="004A3BDB"/>
     <w:rsid w:val="004A4B4A"/>
     <w:rsid w:val="004B187F"/>
     <w:rsid w:val="004B1983"/>
     <w:rsid w:val="004B21AD"/>
     <w:rsid w:val="004B29AF"/>
     <w:rsid w:val="004B378B"/>
     <w:rsid w:val="004B4E8F"/>
     <w:rsid w:val="004B6D81"/>
     <w:rsid w:val="004C0625"/>
+    <w:rsid w:val="004C0942"/>
     <w:rsid w:val="004C0A40"/>
+    <w:rsid w:val="004C4841"/>
     <w:rsid w:val="004D1B9D"/>
     <w:rsid w:val="004D4F4A"/>
     <w:rsid w:val="004D4F81"/>
     <w:rsid w:val="004E356C"/>
     <w:rsid w:val="004E37B5"/>
     <w:rsid w:val="004F1231"/>
     <w:rsid w:val="004F1BC6"/>
     <w:rsid w:val="004F6CB7"/>
     <w:rsid w:val="00500D57"/>
     <w:rsid w:val="0050151E"/>
     <w:rsid w:val="00501E73"/>
     <w:rsid w:val="0050320D"/>
     <w:rsid w:val="005059D9"/>
     <w:rsid w:val="005063A7"/>
     <w:rsid w:val="00506A50"/>
     <w:rsid w:val="005074E9"/>
     <w:rsid w:val="005107EF"/>
     <w:rsid w:val="00510EC4"/>
     <w:rsid w:val="00513A6F"/>
     <w:rsid w:val="00513ABB"/>
     <w:rsid w:val="00515050"/>
     <w:rsid w:val="00515AA9"/>
     <w:rsid w:val="005172C9"/>
     <w:rsid w:val="00521F2A"/>
     <w:rsid w:val="00522736"/>
     <w:rsid w:val="005270E3"/>
     <w:rsid w:val="00527DEE"/>
     <w:rsid w:val="0053408E"/>
     <w:rsid w:val="00535373"/>
     <w:rsid w:val="00536C37"/>
-    <w:rsid w:val="00540677"/>
     <w:rsid w:val="0054381F"/>
     <w:rsid w:val="00556732"/>
     <w:rsid w:val="00556DCA"/>
     <w:rsid w:val="005609A4"/>
     <w:rsid w:val="00564AE3"/>
     <w:rsid w:val="00564B62"/>
     <w:rsid w:val="0056736F"/>
     <w:rsid w:val="00567B22"/>
     <w:rsid w:val="00570865"/>
     <w:rsid w:val="005714FF"/>
+    <w:rsid w:val="00573D17"/>
     <w:rsid w:val="00573FB6"/>
     <w:rsid w:val="00574A92"/>
     <w:rsid w:val="00580FC7"/>
     <w:rsid w:val="00583379"/>
     <w:rsid w:val="00585B73"/>
     <w:rsid w:val="00590E7C"/>
     <w:rsid w:val="005956FE"/>
     <w:rsid w:val="00597891"/>
     <w:rsid w:val="005A1212"/>
     <w:rsid w:val="005A24DC"/>
     <w:rsid w:val="005A61AD"/>
     <w:rsid w:val="005B1333"/>
     <w:rsid w:val="005B251C"/>
     <w:rsid w:val="005B4A26"/>
     <w:rsid w:val="005C13BA"/>
     <w:rsid w:val="005C6293"/>
     <w:rsid w:val="005D1A03"/>
     <w:rsid w:val="005D7CB0"/>
     <w:rsid w:val="005E41BC"/>
     <w:rsid w:val="005E4D86"/>
     <w:rsid w:val="005E5268"/>
     <w:rsid w:val="005F261A"/>
     <w:rsid w:val="005F3C03"/>
     <w:rsid w:val="005F52D2"/>
     <w:rsid w:val="005F6114"/>
     <w:rsid w:val="005F6BD8"/>
     <w:rsid w:val="005F7C69"/>
     <w:rsid w:val="00600EE7"/>
     <w:rsid w:val="006020BD"/>
     <w:rsid w:val="00602579"/>
     <w:rsid w:val="006110CC"/>
     <w:rsid w:val="00611297"/>
     <w:rsid w:val="00614140"/>
     <w:rsid w:val="00616BD5"/>
     <w:rsid w:val="00617208"/>
     <w:rsid w:val="00621DE1"/>
+    <w:rsid w:val="006261C1"/>
     <w:rsid w:val="0062666F"/>
     <w:rsid w:val="006272C0"/>
     <w:rsid w:val="00633318"/>
     <w:rsid w:val="00634852"/>
     <w:rsid w:val="00634BA0"/>
     <w:rsid w:val="0063730B"/>
     <w:rsid w:val="0064570E"/>
     <w:rsid w:val="0064756C"/>
     <w:rsid w:val="006477E8"/>
     <w:rsid w:val="006572BD"/>
     <w:rsid w:val="00662904"/>
     <w:rsid w:val="00663A7D"/>
     <w:rsid w:val="00664C39"/>
     <w:rsid w:val="00664EA6"/>
     <w:rsid w:val="00670A9C"/>
     <w:rsid w:val="00670F39"/>
     <w:rsid w:val="00671D5A"/>
     <w:rsid w:val="00672EE1"/>
     <w:rsid w:val="00681FBB"/>
     <w:rsid w:val="00682AA9"/>
     <w:rsid w:val="00693DC0"/>
     <w:rsid w:val="006950F4"/>
     <w:rsid w:val="00695D93"/>
-    <w:rsid w:val="006A214B"/>
     <w:rsid w:val="006A472E"/>
     <w:rsid w:val="006A5BCA"/>
     <w:rsid w:val="006A6686"/>
     <w:rsid w:val="006A9829"/>
     <w:rsid w:val="006B0A89"/>
     <w:rsid w:val="006B218F"/>
     <w:rsid w:val="006B2B45"/>
     <w:rsid w:val="006B6432"/>
     <w:rsid w:val="006B67AB"/>
     <w:rsid w:val="006B7C44"/>
     <w:rsid w:val="006C2612"/>
     <w:rsid w:val="006C5B50"/>
     <w:rsid w:val="006C5DA3"/>
     <w:rsid w:val="006C6DFD"/>
     <w:rsid w:val="006C769B"/>
     <w:rsid w:val="006D6FF6"/>
     <w:rsid w:val="006E113F"/>
     <w:rsid w:val="006E194A"/>
     <w:rsid w:val="006E23B3"/>
     <w:rsid w:val="006E4EEC"/>
     <w:rsid w:val="006E74D1"/>
     <w:rsid w:val="006E7570"/>
     <w:rsid w:val="006E77EC"/>
     <w:rsid w:val="006F1816"/>
     <w:rsid w:val="006F1D5B"/>
     <w:rsid w:val="006F2DF6"/>
     <w:rsid w:val="006F3E23"/>
     <w:rsid w:val="00702372"/>
     <w:rsid w:val="00702F82"/>
     <w:rsid w:val="00707B0B"/>
     <w:rsid w:val="007105F4"/>
     <w:rsid w:val="00710766"/>
     <w:rsid w:val="007117FE"/>
     <w:rsid w:val="00713108"/>
     <w:rsid w:val="00713443"/>
     <w:rsid w:val="007140ED"/>
     <w:rsid w:val="00714E44"/>
     <w:rsid w:val="00716B55"/>
     <w:rsid w:val="00721D13"/>
     <w:rsid w:val="00723411"/>
     <w:rsid w:val="00724277"/>
     <w:rsid w:val="007251FA"/>
     <w:rsid w:val="00727772"/>
     <w:rsid w:val="0073022B"/>
     <w:rsid w:val="00730771"/>
     <w:rsid w:val="0073298A"/>
     <w:rsid w:val="00735919"/>
     <w:rsid w:val="007377AB"/>
     <w:rsid w:val="00745F0E"/>
+    <w:rsid w:val="007473F9"/>
     <w:rsid w:val="00751299"/>
     <w:rsid w:val="00753333"/>
     <w:rsid w:val="007633B2"/>
     <w:rsid w:val="00765179"/>
     <w:rsid w:val="00772FA4"/>
     <w:rsid w:val="007740A0"/>
     <w:rsid w:val="007801E8"/>
     <w:rsid w:val="00781ACA"/>
     <w:rsid w:val="00784F6C"/>
     <w:rsid w:val="00786DEC"/>
     <w:rsid w:val="00790775"/>
     <w:rsid w:val="007908FB"/>
     <w:rsid w:val="00791D6A"/>
     <w:rsid w:val="00793524"/>
     <w:rsid w:val="00794153"/>
     <w:rsid w:val="00795046"/>
+    <w:rsid w:val="007963FB"/>
     <w:rsid w:val="00797829"/>
     <w:rsid w:val="007A27CB"/>
+    <w:rsid w:val="007A4E2A"/>
     <w:rsid w:val="007A707B"/>
     <w:rsid w:val="007B18C0"/>
     <w:rsid w:val="007B3A93"/>
     <w:rsid w:val="007B5739"/>
     <w:rsid w:val="007C0017"/>
     <w:rsid w:val="007C0129"/>
     <w:rsid w:val="007C0FE3"/>
     <w:rsid w:val="007C10CF"/>
     <w:rsid w:val="007C1171"/>
     <w:rsid w:val="007C152E"/>
     <w:rsid w:val="007C337F"/>
     <w:rsid w:val="007C384B"/>
     <w:rsid w:val="007C6650"/>
     <w:rsid w:val="007D015B"/>
     <w:rsid w:val="007D3A16"/>
     <w:rsid w:val="007D479F"/>
     <w:rsid w:val="007D7A5F"/>
     <w:rsid w:val="007E0722"/>
     <w:rsid w:val="007E18C5"/>
     <w:rsid w:val="007E2381"/>
     <w:rsid w:val="007E4ECC"/>
     <w:rsid w:val="007E7A77"/>
     <w:rsid w:val="007E7AAC"/>
     <w:rsid w:val="007E7E43"/>
     <w:rsid w:val="007F3628"/>
     <w:rsid w:val="007F7A4B"/>
     <w:rsid w:val="00801748"/>
     <w:rsid w:val="008032F0"/>
     <w:rsid w:val="0080510F"/>
     <w:rsid w:val="008054F1"/>
     <w:rsid w:val="0080588E"/>
     <w:rsid w:val="00810432"/>
     <w:rsid w:val="008128E3"/>
     <w:rsid w:val="00815C3A"/>
     <w:rsid w:val="008243B1"/>
     <w:rsid w:val="00827F90"/>
     <w:rsid w:val="00835E88"/>
     <w:rsid w:val="0084444D"/>
     <w:rsid w:val="00844FAA"/>
     <w:rsid w:val="00845AA5"/>
     <w:rsid w:val="0084722B"/>
     <w:rsid w:val="00850397"/>
     <w:rsid w:val="00855A0B"/>
     <w:rsid w:val="00863E25"/>
     <w:rsid w:val="008652A3"/>
+    <w:rsid w:val="00870312"/>
     <w:rsid w:val="00870C14"/>
     <w:rsid w:val="00874F07"/>
     <w:rsid w:val="00876E1A"/>
     <w:rsid w:val="00877BD0"/>
     <w:rsid w:val="00884335"/>
+    <w:rsid w:val="00890229"/>
     <w:rsid w:val="00890B0C"/>
     <w:rsid w:val="008914D7"/>
     <w:rsid w:val="00891643"/>
     <w:rsid w:val="00892BCE"/>
     <w:rsid w:val="00892E1A"/>
     <w:rsid w:val="008961EC"/>
     <w:rsid w:val="008964D0"/>
     <w:rsid w:val="00897553"/>
     <w:rsid w:val="00897E28"/>
     <w:rsid w:val="008B1377"/>
     <w:rsid w:val="008B35EE"/>
     <w:rsid w:val="008B3BF6"/>
     <w:rsid w:val="008B6FD1"/>
     <w:rsid w:val="008B7930"/>
     <w:rsid w:val="008C034B"/>
     <w:rsid w:val="008C4A00"/>
     <w:rsid w:val="008C5868"/>
     <w:rsid w:val="008C7580"/>
     <w:rsid w:val="008C7C22"/>
     <w:rsid w:val="008D4B72"/>
     <w:rsid w:val="008D4EA6"/>
+    <w:rsid w:val="008E0F3D"/>
     <w:rsid w:val="008E37E8"/>
     <w:rsid w:val="008E44D3"/>
     <w:rsid w:val="008E4EBD"/>
     <w:rsid w:val="008E660F"/>
     <w:rsid w:val="008F594B"/>
     <w:rsid w:val="00900331"/>
     <w:rsid w:val="00900D94"/>
     <w:rsid w:val="0090324A"/>
     <w:rsid w:val="00906054"/>
     <w:rsid w:val="009115C4"/>
     <w:rsid w:val="00911FA8"/>
     <w:rsid w:val="009120DD"/>
     <w:rsid w:val="009134A2"/>
     <w:rsid w:val="00915276"/>
     <w:rsid w:val="00920214"/>
+    <w:rsid w:val="00921B07"/>
     <w:rsid w:val="0092592E"/>
     <w:rsid w:val="009361C3"/>
     <w:rsid w:val="0093667C"/>
     <w:rsid w:val="00936963"/>
     <w:rsid w:val="009402EB"/>
     <w:rsid w:val="009418B3"/>
     <w:rsid w:val="00947AEE"/>
     <w:rsid w:val="00951A6D"/>
     <w:rsid w:val="00952EBA"/>
     <w:rsid w:val="00954EF6"/>
     <w:rsid w:val="0095531E"/>
     <w:rsid w:val="00956F6C"/>
+    <w:rsid w:val="00960B4E"/>
     <w:rsid w:val="00965CAC"/>
     <w:rsid w:val="009665EA"/>
     <w:rsid w:val="00966A9B"/>
     <w:rsid w:val="00967DB8"/>
     <w:rsid w:val="00972619"/>
     <w:rsid w:val="00973B89"/>
     <w:rsid w:val="00973BB9"/>
     <w:rsid w:val="009740F9"/>
     <w:rsid w:val="00975353"/>
     <w:rsid w:val="009765C0"/>
     <w:rsid w:val="00977B4E"/>
     <w:rsid w:val="009851F7"/>
     <w:rsid w:val="009857B0"/>
     <w:rsid w:val="00985E31"/>
     <w:rsid w:val="009865C3"/>
     <w:rsid w:val="0099186F"/>
     <w:rsid w:val="00993FFC"/>
     <w:rsid w:val="00995B35"/>
     <w:rsid w:val="00995CB6"/>
     <w:rsid w:val="00996C0C"/>
     <w:rsid w:val="009A04A8"/>
     <w:rsid w:val="009A176C"/>
     <w:rsid w:val="009A1991"/>
     <w:rsid w:val="009A2A7F"/>
     <w:rsid w:val="009A5642"/>
     <w:rsid w:val="009A65EB"/>
     <w:rsid w:val="009D19B9"/>
     <w:rsid w:val="009D3AD3"/>
     <w:rsid w:val="009D5BBB"/>
     <w:rsid w:val="009E0343"/>
     <w:rsid w:val="009E038E"/>
     <w:rsid w:val="009F09C3"/>
     <w:rsid w:val="009F150C"/>
     <w:rsid w:val="009F3BC5"/>
     <w:rsid w:val="009F5E6E"/>
     <w:rsid w:val="009F6C7B"/>
     <w:rsid w:val="00A12B3C"/>
     <w:rsid w:val="00A25C17"/>
     <w:rsid w:val="00A278B9"/>
     <w:rsid w:val="00A40405"/>
     <w:rsid w:val="00A404AF"/>
     <w:rsid w:val="00A4226B"/>
     <w:rsid w:val="00A4390C"/>
     <w:rsid w:val="00A45679"/>
     <w:rsid w:val="00A46F60"/>
     <w:rsid w:val="00A51213"/>
     <w:rsid w:val="00A51ECE"/>
     <w:rsid w:val="00A52221"/>
     <w:rsid w:val="00A52824"/>
     <w:rsid w:val="00A551F6"/>
+    <w:rsid w:val="00A55E66"/>
+    <w:rsid w:val="00A55F8A"/>
     <w:rsid w:val="00A60AFA"/>
     <w:rsid w:val="00A62EA0"/>
+    <w:rsid w:val="00A64186"/>
     <w:rsid w:val="00A64343"/>
     <w:rsid w:val="00A64E6C"/>
     <w:rsid w:val="00A67419"/>
-    <w:rsid w:val="00A67838"/>
     <w:rsid w:val="00A70CEA"/>
     <w:rsid w:val="00A82BCC"/>
     <w:rsid w:val="00A84252"/>
     <w:rsid w:val="00A9077C"/>
     <w:rsid w:val="00A96268"/>
     <w:rsid w:val="00AA00F5"/>
     <w:rsid w:val="00AA0A0C"/>
     <w:rsid w:val="00AA10D6"/>
     <w:rsid w:val="00AA3946"/>
     <w:rsid w:val="00AB1D69"/>
     <w:rsid w:val="00AB251A"/>
     <w:rsid w:val="00AB30FA"/>
     <w:rsid w:val="00AB3B7E"/>
     <w:rsid w:val="00AB7525"/>
     <w:rsid w:val="00AC204E"/>
     <w:rsid w:val="00AC5BAC"/>
     <w:rsid w:val="00AD00DF"/>
     <w:rsid w:val="00AD15FB"/>
     <w:rsid w:val="00AD1AC5"/>
     <w:rsid w:val="00AD1D16"/>
     <w:rsid w:val="00AD26DC"/>
     <w:rsid w:val="00AD2B1D"/>
     <w:rsid w:val="00AD3CBA"/>
     <w:rsid w:val="00AD516D"/>
     <w:rsid w:val="00AD523F"/>
     <w:rsid w:val="00AD7139"/>
     <w:rsid w:val="00AE3E33"/>
     <w:rsid w:val="00AE5C0E"/>
     <w:rsid w:val="00AF372F"/>
     <w:rsid w:val="00AF508E"/>
     <w:rsid w:val="00AF6BC5"/>
     <w:rsid w:val="00AF6D8E"/>
     <w:rsid w:val="00B01D04"/>
     <w:rsid w:val="00B038E6"/>
     <w:rsid w:val="00B05025"/>
     <w:rsid w:val="00B05C76"/>
-    <w:rsid w:val="00B119A5"/>
     <w:rsid w:val="00B12A19"/>
     <w:rsid w:val="00B131CB"/>
     <w:rsid w:val="00B13667"/>
     <w:rsid w:val="00B13FA2"/>
     <w:rsid w:val="00B14AF8"/>
     <w:rsid w:val="00B16E8C"/>
     <w:rsid w:val="00B178EA"/>
     <w:rsid w:val="00B22CDE"/>
     <w:rsid w:val="00B23FD8"/>
     <w:rsid w:val="00B256E7"/>
     <w:rsid w:val="00B26822"/>
     <w:rsid w:val="00B316EE"/>
     <w:rsid w:val="00B34CCA"/>
     <w:rsid w:val="00B40886"/>
     <w:rsid w:val="00B418F3"/>
     <w:rsid w:val="00B51662"/>
     <w:rsid w:val="00B51FE7"/>
     <w:rsid w:val="00B55029"/>
     <w:rsid w:val="00B65D2E"/>
     <w:rsid w:val="00B678E6"/>
     <w:rsid w:val="00B7482B"/>
     <w:rsid w:val="00B74CFF"/>
     <w:rsid w:val="00B74E92"/>
     <w:rsid w:val="00B8145D"/>
     <w:rsid w:val="00B83860"/>
     <w:rsid w:val="00B84C49"/>
+    <w:rsid w:val="00B851CA"/>
     <w:rsid w:val="00B85390"/>
     <w:rsid w:val="00B86695"/>
     <w:rsid w:val="00B87110"/>
     <w:rsid w:val="00B87AB6"/>
     <w:rsid w:val="00B953D3"/>
     <w:rsid w:val="00B95C2F"/>
     <w:rsid w:val="00B96B93"/>
     <w:rsid w:val="00BA0431"/>
     <w:rsid w:val="00BA0DED"/>
     <w:rsid w:val="00BA2E28"/>
     <w:rsid w:val="00BA61F8"/>
     <w:rsid w:val="00BB14A8"/>
     <w:rsid w:val="00BC0CF6"/>
     <w:rsid w:val="00BC61E2"/>
     <w:rsid w:val="00BC6500"/>
     <w:rsid w:val="00BC6FFF"/>
     <w:rsid w:val="00BD1D04"/>
     <w:rsid w:val="00BD22D5"/>
     <w:rsid w:val="00BD29FE"/>
     <w:rsid w:val="00BE20C4"/>
     <w:rsid w:val="00BE2A65"/>
     <w:rsid w:val="00BE42DE"/>
     <w:rsid w:val="00BE4FA7"/>
     <w:rsid w:val="00BF17A7"/>
     <w:rsid w:val="00BF2C04"/>
     <w:rsid w:val="00BF349E"/>
     <w:rsid w:val="00BF7198"/>
     <w:rsid w:val="00BF7F29"/>
     <w:rsid w:val="00C03988"/>
     <w:rsid w:val="00C04668"/>
     <w:rsid w:val="00C0586F"/>
     <w:rsid w:val="00C05D57"/>
     <w:rsid w:val="00C104B2"/>
     <w:rsid w:val="00C1151A"/>
     <w:rsid w:val="00C11B0F"/>
     <w:rsid w:val="00C15212"/>
     <w:rsid w:val="00C17951"/>
     <w:rsid w:val="00C210FF"/>
     <w:rsid w:val="00C230AF"/>
     <w:rsid w:val="00C24852"/>
     <w:rsid w:val="00C25331"/>
     <w:rsid w:val="00C25E66"/>
+    <w:rsid w:val="00C3498A"/>
     <w:rsid w:val="00C364EB"/>
     <w:rsid w:val="00C37A34"/>
     <w:rsid w:val="00C37E5D"/>
     <w:rsid w:val="00C40246"/>
     <w:rsid w:val="00C4227A"/>
     <w:rsid w:val="00C42435"/>
     <w:rsid w:val="00C42E79"/>
     <w:rsid w:val="00C43D6E"/>
     <w:rsid w:val="00C46121"/>
     <w:rsid w:val="00C475D8"/>
     <w:rsid w:val="00C54FCE"/>
     <w:rsid w:val="00C55150"/>
     <w:rsid w:val="00C579FB"/>
     <w:rsid w:val="00C61FE0"/>
     <w:rsid w:val="00C634F5"/>
     <w:rsid w:val="00C64CFD"/>
     <w:rsid w:val="00C67D45"/>
     <w:rsid w:val="00C72A48"/>
     <w:rsid w:val="00C734EA"/>
     <w:rsid w:val="00C73A30"/>
     <w:rsid w:val="00C73BFF"/>
     <w:rsid w:val="00C74EBC"/>
     <w:rsid w:val="00C76865"/>
     <w:rsid w:val="00C84529"/>
     <w:rsid w:val="00C86B34"/>
     <w:rsid w:val="00C86C9B"/>
     <w:rsid w:val="00C87D95"/>
-    <w:rsid w:val="00C9178D"/>
     <w:rsid w:val="00C9305E"/>
     <w:rsid w:val="00C93675"/>
     <w:rsid w:val="00C94059"/>
     <w:rsid w:val="00C974B3"/>
     <w:rsid w:val="00CA0AD5"/>
     <w:rsid w:val="00CA27B0"/>
+    <w:rsid w:val="00CA2C39"/>
     <w:rsid w:val="00CA2C74"/>
     <w:rsid w:val="00CA300C"/>
     <w:rsid w:val="00CA3ADD"/>
     <w:rsid w:val="00CA5311"/>
     <w:rsid w:val="00CB406E"/>
     <w:rsid w:val="00CB5635"/>
     <w:rsid w:val="00CB6F27"/>
     <w:rsid w:val="00CB783D"/>
     <w:rsid w:val="00CC0E08"/>
     <w:rsid w:val="00CC289B"/>
     <w:rsid w:val="00CC5F39"/>
     <w:rsid w:val="00CC6779"/>
     <w:rsid w:val="00CC678D"/>
     <w:rsid w:val="00CC78A2"/>
     <w:rsid w:val="00CD27BA"/>
     <w:rsid w:val="00CD4A13"/>
     <w:rsid w:val="00CD4DDC"/>
     <w:rsid w:val="00CE5846"/>
     <w:rsid w:val="00CE7C9A"/>
     <w:rsid w:val="00CF0C80"/>
     <w:rsid w:val="00CF118E"/>
     <w:rsid w:val="00CF1E63"/>
     <w:rsid w:val="00CF39B3"/>
     <w:rsid w:val="00CF7AF0"/>
     <w:rsid w:val="00D04840"/>
     <w:rsid w:val="00D05A7C"/>
     <w:rsid w:val="00D06A11"/>
     <w:rsid w:val="00D10011"/>
     <w:rsid w:val="00D11DCE"/>
     <w:rsid w:val="00D13B38"/>
     <w:rsid w:val="00D13F4B"/>
     <w:rsid w:val="00D14B2F"/>
     <w:rsid w:val="00D177A8"/>
     <w:rsid w:val="00D17C08"/>
-    <w:rsid w:val="00D227C0"/>
     <w:rsid w:val="00D231DD"/>
     <w:rsid w:val="00D235CE"/>
     <w:rsid w:val="00D30E63"/>
     <w:rsid w:val="00D36F93"/>
     <w:rsid w:val="00D37B9A"/>
     <w:rsid w:val="00D41C7C"/>
     <w:rsid w:val="00D42460"/>
     <w:rsid w:val="00D4254D"/>
     <w:rsid w:val="00D464B5"/>
     <w:rsid w:val="00D50441"/>
     <w:rsid w:val="00D522D3"/>
     <w:rsid w:val="00D532C0"/>
     <w:rsid w:val="00D578C8"/>
     <w:rsid w:val="00D6012C"/>
     <w:rsid w:val="00D612E3"/>
     <w:rsid w:val="00D63851"/>
     <w:rsid w:val="00D640BE"/>
     <w:rsid w:val="00D66510"/>
     <w:rsid w:val="00D74BBE"/>
     <w:rsid w:val="00D83218"/>
     <w:rsid w:val="00D841AD"/>
     <w:rsid w:val="00D875FE"/>
     <w:rsid w:val="00D913E5"/>
+    <w:rsid w:val="00D92411"/>
     <w:rsid w:val="00D92FF1"/>
     <w:rsid w:val="00D9381D"/>
     <w:rsid w:val="00D95750"/>
     <w:rsid w:val="00D96509"/>
     <w:rsid w:val="00D96D0D"/>
     <w:rsid w:val="00DA286B"/>
     <w:rsid w:val="00DA410F"/>
     <w:rsid w:val="00DA59FF"/>
     <w:rsid w:val="00DB62BC"/>
     <w:rsid w:val="00DB6753"/>
     <w:rsid w:val="00DC2EA1"/>
     <w:rsid w:val="00DC3E96"/>
     <w:rsid w:val="00DC56F6"/>
     <w:rsid w:val="00DC65B1"/>
+    <w:rsid w:val="00DD32B0"/>
     <w:rsid w:val="00DE3C34"/>
     <w:rsid w:val="00DE49B6"/>
     <w:rsid w:val="00DE5E11"/>
     <w:rsid w:val="00DE5FF6"/>
     <w:rsid w:val="00DF45B2"/>
     <w:rsid w:val="00E00149"/>
     <w:rsid w:val="00E012CB"/>
     <w:rsid w:val="00E016E1"/>
-    <w:rsid w:val="00E07406"/>
     <w:rsid w:val="00E07CD2"/>
     <w:rsid w:val="00E12354"/>
     <w:rsid w:val="00E132FD"/>
     <w:rsid w:val="00E139AD"/>
     <w:rsid w:val="00E1585B"/>
     <w:rsid w:val="00E2030C"/>
     <w:rsid w:val="00E21446"/>
     <w:rsid w:val="00E22F6A"/>
     <w:rsid w:val="00E249D8"/>
     <w:rsid w:val="00E25A58"/>
     <w:rsid w:val="00E33977"/>
     <w:rsid w:val="00E35B61"/>
     <w:rsid w:val="00E43F8E"/>
     <w:rsid w:val="00E449CF"/>
     <w:rsid w:val="00E45B3A"/>
     <w:rsid w:val="00E53B02"/>
     <w:rsid w:val="00E57194"/>
     <w:rsid w:val="00E5789F"/>
     <w:rsid w:val="00E6004E"/>
     <w:rsid w:val="00E6068A"/>
     <w:rsid w:val="00E60E5A"/>
     <w:rsid w:val="00E61CDD"/>
     <w:rsid w:val="00E64E98"/>
     <w:rsid w:val="00E70043"/>
     <w:rsid w:val="00E71330"/>
+    <w:rsid w:val="00E74295"/>
     <w:rsid w:val="00E7518C"/>
     <w:rsid w:val="00E75451"/>
     <w:rsid w:val="00E763EB"/>
     <w:rsid w:val="00E807C2"/>
     <w:rsid w:val="00E80BCE"/>
     <w:rsid w:val="00E82022"/>
     <w:rsid w:val="00E822D8"/>
     <w:rsid w:val="00E832A1"/>
     <w:rsid w:val="00E864F4"/>
+    <w:rsid w:val="00E9007B"/>
+    <w:rsid w:val="00E9316B"/>
     <w:rsid w:val="00E936C8"/>
     <w:rsid w:val="00E93903"/>
     <w:rsid w:val="00E95C5B"/>
     <w:rsid w:val="00E9751E"/>
     <w:rsid w:val="00EA6BA4"/>
     <w:rsid w:val="00EB048A"/>
     <w:rsid w:val="00EB24B2"/>
     <w:rsid w:val="00EB2A41"/>
     <w:rsid w:val="00EB503C"/>
     <w:rsid w:val="00EC1CC4"/>
     <w:rsid w:val="00EC2D5E"/>
     <w:rsid w:val="00EC37A3"/>
     <w:rsid w:val="00EC4BFC"/>
     <w:rsid w:val="00EC5131"/>
     <w:rsid w:val="00EC63BD"/>
     <w:rsid w:val="00EC7E2B"/>
+    <w:rsid w:val="00ED087C"/>
     <w:rsid w:val="00EE5878"/>
     <w:rsid w:val="00EE5B0A"/>
     <w:rsid w:val="00EE65F3"/>
     <w:rsid w:val="00EE7CE7"/>
     <w:rsid w:val="00EE7E2B"/>
     <w:rsid w:val="00EF2BEC"/>
     <w:rsid w:val="00EF452B"/>
     <w:rsid w:val="00EF4899"/>
     <w:rsid w:val="00F00EDA"/>
     <w:rsid w:val="00F028EB"/>
     <w:rsid w:val="00F04B97"/>
     <w:rsid w:val="00F04E5D"/>
     <w:rsid w:val="00F05470"/>
     <w:rsid w:val="00F06FB4"/>
     <w:rsid w:val="00F21535"/>
     <w:rsid w:val="00F25922"/>
     <w:rsid w:val="00F27112"/>
     <w:rsid w:val="00F316D6"/>
     <w:rsid w:val="00F3268D"/>
     <w:rsid w:val="00F344A2"/>
     <w:rsid w:val="00F35EEC"/>
     <w:rsid w:val="00F3699B"/>
     <w:rsid w:val="00F36DA9"/>
     <w:rsid w:val="00F42AFA"/>
     <w:rsid w:val="00F4376C"/>
     <w:rsid w:val="00F45501"/>
     <w:rsid w:val="00F50D55"/>
     <w:rsid w:val="00F51D43"/>
     <w:rsid w:val="00F5226F"/>
     <w:rsid w:val="00F5266F"/>
+    <w:rsid w:val="00F5299A"/>
     <w:rsid w:val="00F556E0"/>
     <w:rsid w:val="00F55D44"/>
     <w:rsid w:val="00F60846"/>
     <w:rsid w:val="00F613D0"/>
     <w:rsid w:val="00F632A4"/>
     <w:rsid w:val="00F665FB"/>
     <w:rsid w:val="00F6732B"/>
     <w:rsid w:val="00F701C8"/>
     <w:rsid w:val="00F73F36"/>
     <w:rsid w:val="00F74C97"/>
     <w:rsid w:val="00F7691A"/>
     <w:rsid w:val="00F803BC"/>
     <w:rsid w:val="00F816D2"/>
     <w:rsid w:val="00F82CD4"/>
     <w:rsid w:val="00F83731"/>
     <w:rsid w:val="00F8503F"/>
     <w:rsid w:val="00F95558"/>
     <w:rsid w:val="00F96EAB"/>
     <w:rsid w:val="00FA1E89"/>
     <w:rsid w:val="00FA402F"/>
-    <w:rsid w:val="00FA7532"/>
     <w:rsid w:val="00FA75E3"/>
     <w:rsid w:val="00FB0C86"/>
     <w:rsid w:val="00FB5E6A"/>
     <w:rsid w:val="00FB7052"/>
     <w:rsid w:val="00FC4DD7"/>
     <w:rsid w:val="00FD2C3B"/>
     <w:rsid w:val="00FE1333"/>
     <w:rsid w:val="00FE2DA6"/>
     <w:rsid w:val="00FE353A"/>
     <w:rsid w:val="00FE407C"/>
     <w:rsid w:val="00FE4B90"/>
     <w:rsid w:val="00FF0711"/>
     <w:rsid w:val="00FF1108"/>
     <w:rsid w:val="00FF34E8"/>
     <w:rsid w:val="00FF6437"/>
     <w:rsid w:val="010E7444"/>
     <w:rsid w:val="013BBB1A"/>
     <w:rsid w:val="0152BC64"/>
     <w:rsid w:val="030D4B61"/>
     <w:rsid w:val="035F59DA"/>
     <w:rsid w:val="0464AFB1"/>
     <w:rsid w:val="051D3D6B"/>
     <w:rsid w:val="06446668"/>
     <w:rsid w:val="086DDC28"/>
     <w:rsid w:val="08F43D36"/>
@@ -13898,51 +14188,51 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="16F4481E"/>
-  <w15:docId w15:val="{A70F5374-19AA-49B1-9370-6E567822C9AA}"/>
+  <w15:docId w15:val="{99D8EC56-D74E-4858-8A22-8CE75F363DA6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15110,51 +15400,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2111926410">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanctionsmap.eu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esignature.ec.europa.eu/efda/tl-browser/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanctionsmap.eu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanctionsmap.eu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esignature.ec.europa.eu/efda/tl-browser/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15419,52 +15709,129 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010074388D2DB7B9A549BEDEA63191CFE647" ma:contentTypeVersion="46" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="674d71e7b272f53bafb682320e0cdc8f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="d3c1eb4e-7577-42ef-991f-7d064735e0e5" xmlns:ns3="709adcc9-ab81-486f-827d-c1c5fd362e71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bb5b7dbe7dceee87bfdb869615cf3ebf" ns1:_="" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <RelatedPages xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5" xsi:nil="true"/>
+    <mf7baa9dfe8e4a7198e2ed7ac40a28e9 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+        </TermInfo>
+      </Terms>
+    </mf7baa9dfe8e4a7198e2ed7ac40a28e9>
+    <b80065262d6b4269adfaf5df5be40397 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Procurement</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">cbaf08e6-4c36-47f0-9529-16dc4889209a</TermId>
+        </TermInfo>
+      </Terms>
+    </b80065262d6b4269adfaf5df5be40397>
+    <m21479ae9ad94758901be18b2b5835f2 xmlns="709adcc9-ab81-486f-827d-c1c5fd362e71">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+        </TermInfo>
+      </Terms>
+    </m21479ae9ad94758901be18b2b5835f2>
+    <l03f6647080a4ed1999d96e73aa3c355 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">BUDG.E.2</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">5dceb2d7-c9f5-4739-a087-de38c229e979</TermId>
+        </TermInfo>
+      </Terms>
+    </l03f6647080a4ed1999d96e73aa3c355>
+    <oabdf6842dc340c29682f122bede3128 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Implementation instruments</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ab98260c-215e-48ff-a9c7-5b9eab89452a</TermId>
+        </TermInfo>
+      </Terms>
+    </oabdf6842dc340c29682f122bede3128>
+    <Notes xmlns="709adcc9-ab81-486f-827d-c1c5fd362e71" xsi:nil="true"/>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <l386a31364e24d3dbc8e007a1dd34657 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+        </TermInfo>
+      </Terms>
+    </l386a31364e24d3dbc8e007a1dd34657>
+    <c20ba6713aee47169a86fa6de1a28713 xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">LEGAL FRAMEWORK</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">9afda264-c8b9-45ff-9bb8-61ede7f6cb10</TermId>
+        </TermInfo>
+      </Terms>
+    </c20ba6713aee47169a86fa6de1a28713>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="d3c1eb4e-7577-42ef-991f-7d064735e0e5">
+      <Value>1690</Value>
+      <Value>1691</Value>
+      <Value>122</Value>
+      <Value>1708</Value>
+    </TaxCatchAll>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010074388D2DB7B9A549BEDEA63191CFE647" ma:contentTypeVersion="46" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e836202efd29cace7c2fabec502365a7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="d3c1eb4e-7577-42ef-991f-7d064735e0e5" xmlns:ns3="709adcc9-ab81-486f-827d-c1c5fd362e71" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9e6f9e247516d9cb950c3bd405bfef73" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="d3c1eb4e-7577-42ef-991f-7d064735e0e5"/>
     <xsd:import namespace="709adcc9-ab81-486f-827d-c1c5fd362e71"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:c20ba6713aee47169a86fa6de1a28713" minOccurs="0"/>
                 <xsd:element ref="ns2:oabdf6842dc340c29682f122bede3128" minOccurs="0"/>
                 <xsd:element ref="ns2:b80065262d6b4269adfaf5df5be40397" minOccurs="0"/>
                 <xsd:element ref="ns2:l03f6647080a4ed1999d96e73aa3c355" minOccurs="0"/>
                 <xsd:element ref="ns2:l386a31364e24d3dbc8e007a1dd34657" minOccurs="0"/>
                 <xsd:element ref="ns2:mf7baa9dfe8e4a7198e2ed7ac40a28e9" minOccurs="0"/>
                 <xsd:element ref="ns3:m21479ae9ad94758901be18b2b5835f2" minOccurs="0"/>
                 <xsd:element ref="ns3:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedPages" minOccurs="0"/>
@@ -15684,213 +16051,217 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...76 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DEDBCAE-70C7-4141-BA47-587D0FA855B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5326290-4D62-4E0F-9A37-0361B4115CEC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC78E283-07B6-4677-B0CA-86BCC92994C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="709adcc9-ab81-486f-827d-c1c5fd362e71"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="d3c1eb4e-7577-42ef-991f-7d064735e0e5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E3AB173-0137-4A12-9483-B77E0B84E3E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="d3c1eb4e-7577-42ef-991f-7d064735e0e5"/>
     <ds:schemaRef ds:uri="709adcc9-ab81-486f-827d-c1c5fd362e71"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC78E283-07B6-4677-B0CA-86BCC92994C6}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FEC6A05-3D1C-498D-89E6-DD5CCEBC6C77}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...19 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FEC6A05-3D1C-498D-89E6-DD5CCEBC6C77}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE8DF1CF-2FCC-479D-9B01-C172A8068A0F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>23043</Characters>
+  <Pages>11</Pages>
+  <Words>3759</Words>
+  <Characters>25789</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>572</Lines>
-  <Paragraphs>271</Paragraphs>
+  <Lines>644</Lines>
+  <Paragraphs>343</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>European Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26182</CharactersWithSpaces>
+  <CharactersWithSpaces>29205</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="24" baseType="variant">
+      <vt:variant>
+        <vt:i4>6160473</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>300</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://esignature.ec.europa.eu/efda/tl-browser/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>/screen/home</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6619252</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>297</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://ec.europa.eu/cefdigital/DSS/webapp-demo/validation</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6553645</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>276</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.sanctionsmap.eu/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1966145</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.sanctionsmap.eu/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>/main</vt:lpwstr>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Model Declaration on Honour</dc:title>
   <dc:subject/>
   <dc:creator>JanSaloni</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Order">
     <vt:lpwstr>34000.0000000000</vt:lpwstr>
   </property>
@@ -15915,32 +16286,32 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_SiteId">
     <vt:lpwstr>b24c8b06-522c-46fe-9080-70926f8dddb1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_ActionId">
     <vt:lpwstr>63e04f9b-613e-49a6-b881-46030ecf5e2a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_6bd9ddd1-4d20-43f6-abfa-fc3c07406f94_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="BUDGpediaBranch">
     <vt:lpwstr>1691;#Implementation instruments|ab98260c-215e-48ff-a9c7-5b9eab89452a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="BUDGpediaAccessLevel">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="BUDGpediaParentPage">
     <vt:lpwstr>1708;#Procurement|cbaf08e6-4c36-47f0-9529-16dc4889209a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="BUDGpediaDocumentNature">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="OwnerUnit">
     <vt:lpwstr>1690;#BUDG.E.2|5dceb2d7-c9f5-4739-a087-de38c229e979</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Language">
-    <vt:lpwstr>2487;#German|f608a2b6-76e4-3592-0acd-948ea4befd6e</vt:lpwstr>
+    <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Pillar">
     <vt:lpwstr>122;#LEGAL FRAMEWORK|9afda264-c8b9-45ff-9bb8-61ede7f6cb10</vt:lpwstr>
   </property>
 </Properties>
 </file>